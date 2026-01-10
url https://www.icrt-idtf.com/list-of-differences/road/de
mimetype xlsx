--- v0 (2025-10-01)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>AIC</t>
   </si>
   <si>
     <t>EFISC-GTP</t>
   </si>
   <si>
     <t>GMP+</t>
   </si>
   <si>
     <t>Ovocom</t>
   </si>
   <si>
     <t>pastus+</t>
   </si>
   <si>
     <t>QS</t>
   </si>
   <si>
     <t>Qualimat</t>
   </si>
   <si>
     <t>Wichtige Anforderungen</t>
   </si>
   <si>
@@ -199,165 +199,171 @@
   <si>
     <t>Blähglasgranulat</t>
   </si>
   <si>
     <t>Metallteile &gt; 10 mm, fett- und ölfrei</t>
   </si>
   <si>
     <t>Kaliumcarbonat fest/flüssig (nicht Lebensmittel/nicht Futtermittel)</t>
   </si>
   <si>
     <t>Mohnstroh, -kapseln und -körner</t>
   </si>
   <si>
     <t>Füller (Flugasche)</t>
   </si>
   <si>
     <t>Bariumcarbonat</t>
   </si>
   <si>
     <t>Fettsäuren tierischen und marinen Ursprungs (Nicht Futtermittelidentisch/nicht Lebensmittelidentisch)</t>
   </si>
   <si>
     <t>Buttermilch für die menschliche Ernährung</t>
   </si>
   <si>
+    <t>Kohlensaurer Muschelkalk, ohne Weichtieranhaftung und nass/feucht</t>
+  </si>
+  <si>
+    <t>Knochenasche</t>
+  </si>
+  <si>
+    <t>Verboten, das Freigabeverfahren wird nicht akzeptiert.</t>
+  </si>
+  <si>
     <t>Chondroitinsulfat</t>
   </si>
   <si>
-    <t>Kohlensaurer Muschelkalk, ohne Weichtieranhaftung und nass/feucht</t>
-[...7 lines deleted...]
-  <si>
     <t>Tierprotein, hydrolisiert von nicht-wiederkäuenden und wiederkäuenden Felle und Häute, kein trockenes Produkt</t>
   </si>
   <si>
     <t>Federmehl, hydrolisiert</t>
   </si>
   <si>
     <t>Hydrolysierte (entsprechend dem Anhang 10, Kapitel 5.D der VO (EG) 142/2011), trockene Produkte.</t>
   </si>
   <si>
     <t>Eier und Eiprodukte, getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eier und Eiprodukte, nicht trocken, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
+    <t>Milchretentat</t>
+  </si>
+  <si>
+    <t>Molke/ Molkekonzentrat</t>
+  </si>
+  <si>
+    <t>Teilentzuckerte Molke</t>
+  </si>
+  <si>
+    <t>Molkeneiweiß/Molkenprotein</t>
+  </si>
+  <si>
+    <t>Molkeneiweiß, mineralstoffarm, laktosearm</t>
+  </si>
+  <si>
+    <t>Molkenpermeat</t>
+  </si>
+  <si>
+    <t>Molkenretentat</t>
+  </si>
+  <si>
     <t>Tierprotein, hydrolisiert. aus Fellen und Häuten von Nicht-Wiederkäuern und Wiederkäuern, trockenes Produkt</t>
   </si>
   <si>
     <t>Milchpermeat</t>
   </si>
   <si>
-    <t>Milchretentat</t>
-[...19 lines deleted...]
-  <si>
     <t>Buttermilch/Buttermilchkonzentrat</t>
   </si>
   <si>
     <t>Kolostrum, verarbeitet</t>
   </si>
   <si>
     <t>Kolostrumpulver</t>
   </si>
   <si>
     <t>Fermentierte Milchprodukte</t>
   </si>
   <si>
     <t>Milch, nicht roh/ Milchkonzentrat</t>
   </si>
   <si>
     <t>Magermilch, Magermilchkonzentrat</t>
   </si>
   <si>
     <t>Kondensierte und evaporierte Milch und deren Erzeugnisse</t>
   </si>
   <si>
     <t>Verarbeitete Holzprodukte (möglicherweise behandelt und / oder recycelt)</t>
   </si>
   <si>
     <t>Metallpartikel aus der Hausmüllverbrennung (entfettet)</t>
   </si>
   <si>
     <t>Gebrauchte (und eventuell zerkleinerte) Autoreifen</t>
   </si>
   <si>
     <t>Flachglasmehl</t>
   </si>
   <si>
     <t>Glasmehl von Glasstöpfe/Flaschen</t>
   </si>
   <si>
     <t>Glas aus Bauschutt ohne Kontamination</t>
   </si>
   <si>
+    <t>Schrott aus Buntmetall – kleine Metallteile</t>
+  </si>
+  <si>
     <t>Metallschrott und Drehspäne, die entfettet, gewaschen und getrocknet wurden, mit Teilchen die kleiner als 10 mm sind.</t>
   </si>
   <si>
-    <t>Schrott aus Buntmetall – kleine Metallteile</t>
-[...1 lines deleted...]
-  <si>
     <t>Recyceltes Altglas</t>
   </si>
   <si>
     <t>Anaerobe (granulatförmige) Impf-Biomasse, neu und ungebraucht</t>
   </si>
   <si>
     <t>Champost (Substrat nach Pilzzucht)</t>
   </si>
   <si>
     <t>Grünkompost</t>
   </si>
   <si>
     <t>Gartenerde/Pflanzerde, die mit Grünkompost angereichert wurde.</t>
   </si>
   <si>
     <t>Spülmilch/Spülwasser aus der Teigherstellung</t>
+  </si>
+  <si>
+    <t>Nebenprodukte zur Wiederaufbereitung aus der Lebensmittelindustrie (keine verbotenen Stoffe enthaltend), falls nicht an anderer Stelle in der IDTF beschrieben</t>
+  </si>
+  <si>
+    <t>Wenn auf dem Verarbeitungsblatt kein Reinigungsverfahren angegeben ist, gilt das Reinigungsverfahren D</t>
   </si>
   <si>
     <t>Eier, unverarbeitet, falls von einem nach (EC)  853/2004 registrierten Unternehmen</t>
   </si>
   <si>
     <t>Fermentationsreste der Herstellung von Säureweckerkonzentrat gekennzeichnet als Futtermittel</t>
   </si>
   <si>
     <t>Milchaustauscher, die Fischmehl enthalten, für die Fütterung nicht abgesetzter Wiederkäuer</t>
   </si>
   <si>
     <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
 -&gt; Fahrzeuge oder Container welche zuvor für den Transport von Milchaustauschern, die Fischmehl enthalten, für die Fütterung nicht abgesetzter Wiederkäuer verwendet wurden, dürfen danach für den Transport von Futtermitteln für Wiederkäuer verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer, einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10155 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10155 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
 Ausnahme für AIC:
 Reinigungsverfahren D
 Ausnahme für pastus+:
 Reinigungsverfahren D
 Ausnahme für Qualimat:
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
@@ -389,146 +395,133 @@
 Verboten, das Freigabeverfahren wird nicht akzeptiert.
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
   <si>
     <t>Andere Produkte hergestellt aus Wiederkäuern (siehe Beschreibung)</t>
   </si>
   <si>
     <t xml:space="preserve">
 If a future load is feed intended for livestock other than fur-bearing animals OR 
 if a future load is feed whose intended use/target animal species is unknown: -&gt; Vehicles and containers previously used for the transport of products covered by this IDTF number, may subsequently be used for the transport of feed intended for livestock other than fur animals, provided that they have previously been cleaned in accordance with a documented procedure previously approved by the competent authority to prevent cross-contamination.
 If the next load is feed for fur-bearing animals:
 -&gt; If the product that falls under the IDTF no. 10153 is a dry product, then the minimum cleaning procedure (A) dry cleaning applies.
 -&gt; If the product that falls under the IDTF no. 10153 is a damp/wet product, then the minimum cleaning procedure (B) cleaning with water applies.
 Exception for AIC:
  Forbidden, the release procedure is not accepted.
 Exception for pastus+:
 Cleaning procedure D
 Exception for Qualimat:
  	Regarding raw materials:
 Forbidden, the release procedure is not accepted.
  	There is no approval procedure for this by the supervisory authority.
 </t>
   </si>
   <si>
+    <t>Verarbeitetes tierisches Protein (PAP) hergestellt aus Nicht-Wiederkäuern ausgenommen: Fisch, gezüchtete Insekten, Schweine, Geflügel und Mischfuttermittel, die diese Produkte enthalten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer oder Nicht-Wiederkäuer ausgenommen Tiere der Aquakultur und Schweine bestimmt ist ODER
+falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist:-&gt; Fahrzeuge und Container welche zuvor für den Transport von verarbeiteten tierischen Proteinen von Nicht-Wiederkäuern außer: Fisch, gezüchtete Insekten, Schweine, Geflügel und Mischfuttermittel welche diese enthalten, verwendet wurden, dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer oder Nicht-Wiederkäuer ausgenommen Tiere in Aquakultur bestimmt sind, verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
+Falls die nächste Ladung Futtermittel für Tiere der Aquakultur ist: 
+-&gt; Wenn das Produkt, welches unter die IDTF NR 10119 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
+-&gt; Wenn das Produkt, welches unter die IDTF NR 10119 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
+Ausnahme für AIC:
+ Verboten, das Freigabeverfahren wird nicht akzeptiert.
+Ausnahme für pastus+:
+Verboten, das Freigabeverfahren wird nicht akzeptiert.
+Ausnahme für Qualimat:
+ 	Betreffend Rohwaren:
+Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
+Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
+</t>
+  </si>
+  <si>
     <t>Dicalciumphosphat und Tricalciumphosphat tierischen Ursprungs bestimmt für die Verwendung in Futtermitteln, oder Mischfuttermittel, die diese Produkte enthalten</t>
   </si>
   <si>
     <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
 -&gt; Fahrzeuge und Container welche zuvor für den Transport von Produkten unter dieser IDTF-Nummer verwendet wurden, dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer bestimmt sind verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10118 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10118 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
 Ausnahme für AIC:
 Reinigungsverfahren D
 Ausnahme für pastus+:
 Reinigungsverfahren D
 Ausnahme für Qualimat:
  	Betreffend Rohwaren:
 Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
   <si>
-    <t>Verarbeitetes tierisches Protein (PAP) hergestellt aus Nicht-Wiederkäuern ausgenommen: Fisch, gezüchtete Insekten, Schweine, Geflügel und Mischfuttermittel, die diese Produkte enthalten</t>
-[...18 lines deleted...]
-  <si>
     <t>Kohlensaurer Muschelkalk, mit Resten von Weichtieranhaftung</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fischpresssaft, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eiklar,  falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eipulver, gezuckert, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eierschalen, nicht getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eierschalen, getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Geschmacksverstärkende Fleischextrakte/ Innereien</t>
   </si>
   <si>
     <t>GMP+: Verboten. Wenn die nächste Ladung für Heimtierfutter oder für Pelztiere bestimmt ist, dann ist D (oder weniger) ausreichend.
 Ovocom: Verboten. Wenn die nächste Ladung für Heimtierfutter oder für Pelztiere bestimmt ist, dann ist D (oder weniger) ausreichend.</t>
   </si>
   <si>
     <t>Verbrennungsschlacke/Hochofenschlacke</t>
   </si>
   <si>
     <t>Fischmehl und Mischfuttermittel, die Fischmehl enthalten (ausgenommen Milchaustauscher für noch nicht abgesetzte Wiederkäuer)</t>
   </si>
   <si>
     <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer  bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
 -&gt; Fahrzeuge oder Container welche zuvor für den Transport von Fischmehl und Mischfuttermittel, die Fischmehl enthalten (ausgenommen Milchaustauscher für noch nicht abgesetzte Wiederkäuer) verwendet wurden, dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer bestimmt sind verwendet werden, vorausgesetzt, dass sie zuvor, gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer, einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10046 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10046 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
 Ausnahme für AIC:
 Reinigungsverfahren D
 Ausnahme für pastus+:
 Reinigungsverfahren D
 Ausnahme für Qualimat:
  	Betreffend Rohwaren:
 Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
-  </si>
-[...8 lines deleted...]
-QS: Reinigung und Inspektion durch zuständige Behörde. Eine Inspektion ist nicht gefordert, wenn bei der nächsten Ladung dasselbe Produkt transportiert wird oder die Futtermittel die gleiche Proteine enthalten: Reinigung = A wenn trocken, C wenn nicht trocken.</t>
   </si>
   <si>
     <t>Blutprodukte (und Mischfuttermittel, die diese enthalten) hergestellt aus Nicht-Wiederkäuern bestimmt für die Fütterung von Nicht-Wiederkäuern (Tiere aus Aquakultur inbegriffen)</t>
   </si>
   <si>
     <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
 -&gt; Fahrzeuge oder Container welche zuvor für den Transport dieser Produkte verwendet wurden dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer bestimmt sind verwendet werden, vorausgesetzt, dass sie zuvor, gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10142 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10142 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
 Ausnahme für AIC:
 Reinigungsverfahren D
 Ausnahme für pastus+:
 Reinigungsverfahren D
 Ausnahme für Qualimat:
  	Betreffend Rohwaren:
 Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
   <si>
     <t>Metallschrott und Drehspäne (nicht entfettet, gewaschen und getrocknet)</t>
   </si>
   <si>
@@ -858,51 +851,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J86"/>
+  <dimension ref="A1:J85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="C1" t="s">
         <v>0</v>
       </c>
       <c r="D1" t="s">
         <v>1</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
@@ -1556,162 +1549,162 @@
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>29</v>
       </c>
       <c r="E26" t="s">
         <v>22</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26" t="s">
         <v>22</v>
       </c>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
-        <v>30362</v>
+        <v>30356</v>
       </c>
       <c r="B27" t="s">
         <v>43</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
         <v>29</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
         <v>25</v>
       </c>
       <c r="I27" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>30356</v>
+        <v>30357</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>29</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
       <c r="G28" t="s">
         <v>25</v>
       </c>
       <c r="H28" t="s">
         <v>25</v>
       </c>
       <c r="I28" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>30357</v>
+        <v>30362</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>29</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29" t="s">
         <v>25</v>
       </c>
       <c r="I29" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>30346</v>
       </c>
       <c r="B30" t="s">
         <v>47</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>29</v>
       </c>
       <c r="E30" t="s">
         <v>22</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>9</v>
       </c>
       <c r="H30" t="s">
         <v>22</v>
       </c>
       <c r="I30" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>30348</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31" t="s">
         <v>29</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31" t="s">
         <v>27</v>
       </c>
       <c r="G31" t="s">
         <v>9</v>
       </c>
       <c r="H31" t="s">
@@ -1762,304 +1755,304 @@
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" t="s">
         <v>29</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
         <v>10</v>
       </c>
       <c r="H33" t="s">
         <v>9</v>
       </c>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
-        <v>30345</v>
+        <v>30336</v>
       </c>
       <c r="B34" t="s">
         <v>52</v>
       </c>
       <c r="C34" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D34" t="s">
         <v>29</v>
       </c>
       <c r="E34" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G34" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I34" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
-        <v>30335</v>
+        <v>30337</v>
       </c>
       <c r="B35" t="s">
         <v>53</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" t="s">
         <v>29</v>
       </c>
       <c r="E35" t="s">
         <v>25</v>
       </c>
       <c r="F35" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
-        <v>30336</v>
+        <v>30338</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>29</v>
       </c>
       <c r="E36" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
-        <v>30337</v>
+        <v>30339</v>
       </c>
       <c r="B37" t="s">
         <v>55</v>
       </c>
       <c r="C37" t="s">
         <v>9</v>
       </c>
       <c r="D37" t="s">
         <v>29</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37" t="s">
         <v>9</v>
       </c>
       <c r="I37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>30338</v>
+        <v>30340</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
         <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>29</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38" t="s">
         <v>9</v>
       </c>
       <c r="I38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>30339</v>
+        <v>30341</v>
       </c>
       <c r="B39" t="s">
         <v>57</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39" t="s">
         <v>9</v>
       </c>
       <c r="I39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>30340</v>
+        <v>30342</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>29</v>
       </c>
       <c r="E40" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
         <v>9</v>
       </c>
       <c r="I40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>30341</v>
+        <v>30345</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D41" t="s">
         <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F41" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="H41" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="I41" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>30342</v>
+        <v>30335</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
         <v>9</v>
       </c>
       <c r="D42" t="s">
         <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
         <v>30328</v>
       </c>
       <c r="B43" t="s">
         <v>61</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>29</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
@@ -2400,104 +2393,104 @@
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
         <v>25</v>
       </c>
       <c r="H55" t="s">
         <v>25</v>
       </c>
       <c r="I55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
-        <v>30089</v>
+        <v>30098</v>
       </c>
       <c r="B56" t="s">
         <v>74</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I56" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>30098</v>
+        <v>30089</v>
       </c>
       <c r="B57" t="s">
         <v>75</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>30079</v>
       </c>
       <c r="B58" t="s">
         <v>76</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
@@ -2632,592 +2625,560 @@
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63" t="s">
         <v>9</v>
       </c>
       <c r="H63" t="s">
         <v>9</v>
       </c>
       <c r="I63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>20059</v>
+        <v>20069</v>
       </c>
       <c r="B64" t="s">
         <v>82</v>
       </c>
       <c r="C64" t="s">
         <v>9</v>
       </c>
       <c r="D64" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="G64" t="s">
         <v>9</v>
       </c>
       <c r="H64" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
-        <v>20047</v>
+        <v>20059</v>
       </c>
       <c r="B65" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C65" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E65" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="H65" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
-        <v>10155</v>
+        <v>20047</v>
       </c>
       <c r="B66" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="J66" t="s">
         <v>85</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" t="s">
+        <v>25</v>
+      </c>
+      <c r="F66" t="s">
+        <v>9</v>
+      </c>
+      <c r="G66" t="s">
+        <v>25</v>
+      </c>
+      <c r="H66" t="s">
+        <v>25</v>
+      </c>
+      <c r="I66" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
-        <v>20032</v>
+        <v>10155</v>
       </c>
       <c r="B67" t="s">
         <v>86</v>
       </c>
-      <c r="C67" t="s">
-[...18 lines deleted...]
-        <v>9</v>
+      <c r="J67" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>20036</v>
+        <v>20032</v>
       </c>
       <c r="B68" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
       <c r="G68" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H68" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>10149</v>
+        <v>20036</v>
       </c>
       <c r="B69" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" t="s">
         <v>9</v>
       </c>
       <c r="G69" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H69" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>10152</v>
+        <v>10149</v>
       </c>
       <c r="B70" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="J70" t="s">
         <v>90</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" t="s">
+        <v>9</v>
+      </c>
+      <c r="G70" t="s">
+        <v>10</v>
+      </c>
+      <c r="H70" t="s">
+        <v>10</v>
+      </c>
+      <c r="I70" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>10153</v>
+        <v>10152</v>
       </c>
       <c r="B71" t="s">
         <v>91</v>
       </c>
       <c r="J71" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>10118</v>
+        <v>10153</v>
       </c>
       <c r="B72" t="s">
         <v>93</v>
       </c>
       <c r="J72" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
         <v>10119</v>
       </c>
       <c r="B73" t="s">
         <v>95</v>
       </c>
       <c r="J73" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>10109</v>
+        <v>10118</v>
       </c>
       <c r="B74" t="s">
         <v>97</v>
       </c>
-      <c r="C74" t="s">
-[...18 lines deleted...]
-        <v>9</v>
+      <c r="J74" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
-        <v>10101</v>
+        <v>10109</v>
       </c>
       <c r="B75" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>10</v>
       </c>
       <c r="H75" t="s">
         <v>10</v>
       </c>
       <c r="I75" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
         <v>10095</v>
       </c>
       <c r="B76" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
         <v>29</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
       <c r="H76" t="s">
         <v>10</v>
       </c>
       <c r="I76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
         <v>10096</v>
       </c>
       <c r="B77" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>29</v>
       </c>
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
       <c r="H77" t="s">
         <v>10</v>
       </c>
       <c r="I77" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
         <v>10097</v>
       </c>
       <c r="B78" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78" t="s">
         <v>29</v>
       </c>
       <c r="E78" t="s">
         <v>10</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>10</v>
       </c>
       <c r="H78" t="s">
         <v>10</v>
       </c>
       <c r="I78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
         <v>10098</v>
       </c>
       <c r="B79" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79" t="s">
         <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>10</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="I79" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
         <v>10058</v>
       </c>
       <c r="B80" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="I80" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J80" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
         <v>10059</v>
       </c>
       <c r="B81" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
         <v>29</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
         <v>10</v>
       </c>
       <c r="H81" t="s">
         <v>10</v>
       </c>
       <c r="I81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
         <v>10046</v>
       </c>
       <c r="B82" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J82" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
-        <v>10039</v>
+        <v>10042</v>
       </c>
       <c r="B83" t="s">
-        <v>108</v>
-[...20 lines deleted...]
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="J83" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>10042</v>
+        <v>10009</v>
       </c>
       <c r="B84" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="J84" t="s">
         <v>111</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
+        <v>29</v>
+      </c>
+      <c r="E84" t="s">
+        <v>10</v>
+      </c>
+      <c r="F84" t="s">
+        <v>10</v>
+      </c>
+      <c r="G84" t="s">
+        <v>10</v>
+      </c>
+      <c r="H84" t="s">
+        <v>10</v>
+      </c>
+      <c r="I84" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>10009</v>
+        <v>10015</v>
       </c>
       <c r="B85" t="s">
         <v>112</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D85" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="I85" t="s">
-        <v>22</v>
-[...27 lines deleted...]
-      <c r="I86" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>