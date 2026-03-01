--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -211,150 +211,150 @@
   <si>
     <t>Füller (Flugasche)</t>
   </si>
   <si>
     <t>Bariumcarbonat</t>
   </si>
   <si>
     <t>Fettsäuren tierischen und marinen Ursprungs (Nicht Futtermittelidentisch/nicht Lebensmittelidentisch)</t>
   </si>
   <si>
     <t>Buttermilch für die menschliche Ernährung</t>
   </si>
   <si>
     <t>Kohlensaurer Muschelkalk, ohne Weichtieranhaftung und nass/feucht</t>
   </si>
   <si>
     <t>Knochenasche</t>
   </si>
   <si>
     <t>Verboten, das Freigabeverfahren wird nicht akzeptiert.</t>
   </si>
   <si>
     <t>Chondroitinsulfat</t>
   </si>
   <si>
+    <t>Federmehl, hydrolisiert</t>
+  </si>
+  <si>
+    <t>Hydrolysierte (entsprechend dem Anhang 10, Kapitel 5.D der VO (EG) 142/2011), trockene Produkte.</t>
+  </si>
+  <si>
+    <t>Eier und Eiprodukte, getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
+  </si>
+  <si>
+    <t>Eier und Eiprodukte, nicht trocken, falls nicht an anderer Stelle in der IDTF beschrieben</t>
+  </si>
+  <si>
     <t>Tierprotein, hydrolisiert von nicht-wiederkäuenden und wiederkäuenden Felle und Häute, kein trockenes Produkt</t>
   </si>
   <si>
-    <t>Federmehl, hydrolisiert</t>
-[...8 lines deleted...]
-    <t>Eier und Eiprodukte, nicht trocken, falls nicht an anderer Stelle in der IDTF beschrieben</t>
+    <t>Milchpermeat</t>
   </si>
   <si>
     <t>Milchretentat</t>
   </si>
   <si>
     <t>Molke/ Molkekonzentrat</t>
   </si>
   <si>
     <t>Teilentzuckerte Molke</t>
   </si>
   <si>
     <t>Molkeneiweiß/Molkenprotein</t>
   </si>
   <si>
     <t>Molkeneiweiß, mineralstoffarm, laktosearm</t>
   </si>
   <si>
     <t>Molkenpermeat</t>
   </si>
   <si>
     <t>Molkenretentat</t>
   </si>
   <si>
     <t>Tierprotein, hydrolisiert. aus Fellen und Häuten von Nicht-Wiederkäuern und Wiederkäuern, trockenes Produkt</t>
   </si>
   <si>
-    <t>Milchpermeat</t>
+    <t>Fermentierte Milchprodukte</t>
+  </si>
+  <si>
+    <t>Milch, nicht roh/ Milchkonzentrat</t>
+  </si>
+  <si>
+    <t>Magermilch, Magermilchkonzentrat</t>
+  </si>
+  <si>
+    <t>Kondensierte und evaporierte Milch und deren Erzeugnisse</t>
   </si>
   <si>
     <t>Buttermilch/Buttermilchkonzentrat</t>
   </si>
   <si>
     <t>Kolostrum, verarbeitet</t>
   </si>
   <si>
     <t>Kolostrumpulver</t>
   </si>
   <si>
-    <t>Fermentierte Milchprodukte</t>
-[...10 lines deleted...]
-  <si>
     <t>Verarbeitete Holzprodukte (möglicherweise behandelt und / oder recycelt)</t>
   </si>
   <si>
     <t>Metallpartikel aus der Hausmüllverbrennung (entfettet)</t>
   </si>
   <si>
     <t>Gebrauchte (und eventuell zerkleinerte) Autoreifen</t>
   </si>
   <si>
     <t>Flachglasmehl</t>
   </si>
   <si>
     <t>Glasmehl von Glasstöpfe/Flaschen</t>
   </si>
   <si>
     <t>Glas aus Bauschutt ohne Kontamination</t>
   </si>
   <si>
+    <t>Metallschrott und Drehspäne, die entfettet, gewaschen und getrocknet wurden, mit Teilchen die kleiner als 10 mm sind.</t>
+  </si>
+  <si>
     <t>Schrott aus Buntmetall – kleine Metallteile</t>
   </si>
   <si>
-    <t>Metallschrott und Drehspäne, die entfettet, gewaschen und getrocknet wurden, mit Teilchen die kleiner als 10 mm sind.</t>
-[...1 lines deleted...]
-  <si>
     <t>Recyceltes Altglas</t>
   </si>
   <si>
+    <t>Grünkompost</t>
+  </si>
+  <si>
+    <t>Gartenerde/Pflanzerde, die mit Grünkompost angereichert wurde.</t>
+  </si>
+  <si>
     <t>Anaerobe (granulatförmige) Impf-Biomasse, neu und ungebraucht</t>
   </si>
   <si>
     <t>Champost (Substrat nach Pilzzucht)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Gartenerde/Pflanzerde, die mit Grünkompost angereichert wurde.</t>
   </si>
   <si>
     <t>Spülmilch/Spülwasser aus der Teigherstellung</t>
   </si>
   <si>
     <t>Nebenprodukte zur Wiederaufbereitung aus der Lebensmittelindustrie (keine verbotenen Stoffe enthaltend), falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Wenn auf dem Verarbeitungsblatt kein Reinigungsverfahren angegeben ist, gilt das Reinigungsverfahren D</t>
   </si>
   <si>
     <t>Eier, unverarbeitet, falls von einem nach (EC)  853/2004 registrierten Unternehmen</t>
   </si>
   <si>
     <t>Fermentationsreste der Herstellung von Säureweckerkonzentrat gekennzeichnet als Futtermittel</t>
   </si>
   <si>
     <t>Milchaustauscher, die Fischmehl enthalten, für die Fütterung nicht abgesetzter Wiederkäuer</t>
   </si>
   <si>
     <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
 -&gt; Fahrzeuge oder Container welche zuvor für den Transport von Milchaustauschern, die Fischmehl enthalten, für die Fütterung nicht abgesetzter Wiederkäuer verwendet wurden, dürfen danach für den Transport von Futtermitteln für Wiederkäuer verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer, einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10155 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
@@ -395,87 +395,87 @@
 Verboten, das Freigabeverfahren wird nicht akzeptiert.
  	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
   <si>
     <t>Andere Produkte hergestellt aus Wiederkäuern (siehe Beschreibung)</t>
   </si>
   <si>
     <t xml:space="preserve">
 If a future load is feed intended for livestock other than fur-bearing animals OR 
 if a future load is feed whose intended use/target animal species is unknown: -&gt; Vehicles and containers previously used for the transport of products covered by this IDTF number, may subsequently be used for the transport of feed intended for livestock other than fur animals, provided that they have previously been cleaned in accordance with a documented procedure previously approved by the competent authority to prevent cross-contamination.
 If the next load is feed for fur-bearing animals:
 -&gt; If the product that falls under the IDTF no. 10153 is a dry product, then the minimum cleaning procedure (A) dry cleaning applies.
 -&gt; If the product that falls under the IDTF no. 10153 is a damp/wet product, then the minimum cleaning procedure (B) cleaning with water applies.
 Exception for AIC:
  Forbidden, the release procedure is not accepted.
 Exception for pastus+:
 Cleaning procedure D
 Exception for Qualimat:
  	Regarding raw materials:
 Forbidden, the release procedure is not accepted.
  	There is no approval procedure for this by the supervisory authority.
 </t>
   </si>
   <si>
+    <t>Dicalciumphosphat und Tricalciumphosphat tierischen Ursprungs bestimmt für die Verwendung in Futtermitteln, oder Mischfuttermittel, die diese Produkte enthalten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer bestimmt ist ODER
+falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist: 
+-&gt; Fahrzeuge und Container welche zuvor für den Transport von Produkten unter dieser IDTF-Nummer verwendet wurden, dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer bestimmt sind verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
+Falls die nächste Ladung Futtermittel für Nicht-Wiederkäuer einschließlich Tiere der Aquakultur, Geflügel oder Schweine ist:
+-&gt; Wenn das Produkt, welches unter die IDTF NR 10118 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
+-&gt; Wenn das Produkt, welches unter die IDTF NR 10118 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
+Ausnahme für AIC:
+Reinigungsverfahren D
+Ausnahme für pastus+:
+Reinigungsverfahren D
+Ausnahme für Qualimat:
+ 	Betreffend Rohwaren:
+Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
+ 	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
+</t>
+  </si>
+  <si>
     <t>Verarbeitetes tierisches Protein (PAP) hergestellt aus Nicht-Wiederkäuern ausgenommen: Fisch, gezüchtete Insekten, Schweine, Geflügel und Mischfuttermittel, die diese Produkte enthalten</t>
   </si>
   <si>
     <t xml:space="preserve">
 Falls eine zukünftige Ladung Futtermittel ist, das für Wiederkäuer oder Nicht-Wiederkäuer ausgenommen Tiere der Aquakultur und Schweine bestimmt ist ODER
 falls eine zukünftige Ladung Futtermittel ist, dessen Verwendungszweck/Zieltierart unbekannt ist:-&gt; Fahrzeuge und Container welche zuvor für den Transport von verarbeiteten tierischen Proteinen von Nicht-Wiederkäuern außer: Fisch, gezüchtete Insekten, Schweine, Geflügel und Mischfuttermittel welche diese enthalten, verwendet wurden, dürfen anschließend für den Transport von Futtermitteln welche für Wiederkäuer oder Nicht-Wiederkäuer ausgenommen Tiere in Aquakultur bestimmt sind, verwendet werden, vorausgesetzt, dass sie zuvor gemäß einem dokumentierten Verfahren, welches vorhergehend von der zuständigen Behörde genehmigt wurde, gereinigt wurden, um Kreuzkontaminationen zu verhindern.
 Falls die nächste Ladung Futtermittel für Tiere der Aquakultur ist: 
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10119 fällt, ein trockenes Produkt ist, dann gilt das Mindestreinigungsverfahren (A) Trockenreinigung.
 -&gt; Wenn das Produkt, welches unter die IDTF NR 10119 fällt, ein feuchtes/nasses Produkt ist, dann gilt das Mindestreinigungsverfahren (B) Reinigung mit Wasser.
 Ausnahme für AIC:
  Verboten, das Freigabeverfahren wird nicht akzeptiert.
 Ausnahme für pastus+:
 Verboten, das Freigabeverfahren wird nicht akzeptiert.
 Ausnahme für Qualimat:
  	Betreffend Rohwaren:
 Spezifischer Transport. Die französische Verordnung (Code Rural, Article R226-1) verlangt, dass bestimmte Produkte, die aus tierischen Nebenprodukten gewonnen werden und die in der entsprechenden EU-Verordnung als Futtermittel zugelassen sind, in Fahrzeugen oder Laderäumen transportiert werden, die ausschließlich für diesen Zweck genutzt werden.
 Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
-</t>
-[...18 lines deleted...]
- 	Es gibt hierfür kein Freigabeverfahren der Überwachungsbehörde.
 </t>
   </si>
   <si>
     <t>Kohlensaurer Muschelkalk, mit Resten von Weichtieranhaftung</t>
   </si>
   <si>
     <t>Eiklar,  falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eipulver, gezuckert, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eierschalen, nicht getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Eierschalen, getrocknet, falls nicht an anderer Stelle in der IDTF beschrieben</t>
   </si>
   <si>
     <t>Geschmacksverstärkende Fleischextrakte/ Innereien</t>
   </si>
   <si>
     <t>GMP+: Verboten. Wenn die nächste Ladung für Heimtierfutter oder für Pelztiere bestimmt ist, dann ist D (oder weniger) ausreichend.
 Ovocom: Verboten. Wenn die nächste Ladung für Heimtierfutter oder für Pelztiere bestimmt ist, dann ist D (oder weniger) ausreichend.</t>
   </si>
   <si>
@@ -1636,629 +1636,629 @@
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>29</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29" t="s">
         <v>25</v>
       </c>
       <c r="I29" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>30346</v>
+        <v>30348</v>
       </c>
       <c r="B30" t="s">
         <v>47</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>29</v>
       </c>
       <c r="E30" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G30" t="s">
         <v>9</v>
       </c>
       <c r="H30" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I30" t="s">
-        <v>45</v>
+        <v>22</v>
+      </c>
+      <c r="J30" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>30348</v>
+        <v>30349</v>
       </c>
       <c r="B31" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>29</v>
       </c>
       <c r="E31" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G31" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H31" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I31" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
-        <v>30349</v>
+        <v>30350</v>
       </c>
       <c r="B32" t="s">
         <v>50</v>
       </c>
       <c r="C32" t="s">
         <v>9</v>
       </c>
       <c r="D32" t="s">
         <v>29</v>
       </c>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>10</v>
       </c>
       <c r="H32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I32" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
-        <v>30350</v>
+        <v>30346</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>29</v>
       </c>
       <c r="E33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H33" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I33" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
-        <v>30336</v>
+        <v>30335</v>
       </c>
       <c r="B34" t="s">
         <v>52</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34" t="s">
         <v>29</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
         <v>22</v>
       </c>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
-        <v>30337</v>
+        <v>30336</v>
       </c>
       <c r="B35" t="s">
         <v>53</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" t="s">
         <v>29</v>
       </c>
       <c r="E35" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
-        <v>30338</v>
+        <v>30337</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D36" t="s">
         <v>29</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
         <v>9</v>
       </c>
       <c r="I36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
-        <v>30339</v>
+        <v>30338</v>
       </c>
       <c r="B37" t="s">
         <v>55</v>
       </c>
       <c r="C37" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>29</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37" t="s">
         <v>9</v>
       </c>
       <c r="I37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>30340</v>
+        <v>30339</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D38" t="s">
         <v>29</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38" t="s">
         <v>9</v>
       </c>
       <c r="I38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>30341</v>
+        <v>30340</v>
       </c>
       <c r="B39" t="s">
         <v>57</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39" t="s">
         <v>9</v>
       </c>
       <c r="I39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>30342</v>
+        <v>30341</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>29</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
         <v>9</v>
       </c>
       <c r="I40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>30345</v>
+        <v>30342</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
       <c r="C41" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D41" t="s">
         <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F41" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G41" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="I41" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>30335</v>
+        <v>30345</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D42" t="s">
         <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I42" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>30328</v>
+        <v>30331</v>
       </c>
       <c r="B43" t="s">
         <v>61</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>29</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43" t="s">
         <v>22</v>
       </c>
       <c r="I43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>30329</v>
+        <v>30332</v>
       </c>
       <c r="B44" t="s">
         <v>62</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D44" t="s">
         <v>29</v>
       </c>
       <c r="E44" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
         <v>22</v>
       </c>
       <c r="I44" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>30330</v>
+        <v>30333</v>
       </c>
       <c r="B45" t="s">
         <v>63</v>
       </c>
       <c r="C45" t="s">
         <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>29</v>
       </c>
       <c r="E45" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F45" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I45" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>30331</v>
+        <v>30334</v>
       </c>
       <c r="B46" t="s">
         <v>64</v>
       </c>
       <c r="C46" t="s">
         <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>29</v>
       </c>
       <c r="E46" t="s">
         <v>22</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
         <v>22</v>
       </c>
       <c r="I46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>30332</v>
+        <v>30328</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>30333</v>
+        <v>30329</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>29</v>
       </c>
       <c r="E48" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I48" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
-        <v>30334</v>
+        <v>30330</v>
       </c>
       <c r="B49" t="s">
         <v>67</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>29</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>22</v>
       </c>
       <c r="I49" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
         <v>30275</v>
       </c>
       <c r="B50" t="s">
         <v>68</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50" t="s">
@@ -2393,234 +2393,234 @@
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
         <v>25</v>
       </c>
       <c r="H55" t="s">
         <v>25</v>
       </c>
       <c r="I55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
-        <v>30098</v>
+        <v>30089</v>
       </c>
       <c r="B56" t="s">
         <v>74</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>30089</v>
+        <v>30098</v>
       </c>
       <c r="B57" t="s">
         <v>75</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>30079</v>
       </c>
       <c r="B58" t="s">
         <v>76</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
         <v>25</v>
       </c>
       <c r="I58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
-        <v>20074</v>
+        <v>30044</v>
       </c>
       <c r="B59" t="s">
         <v>77</v>
       </c>
       <c r="C59" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F59" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G59" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="H59" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I59" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>30041</v>
+        <v>30046</v>
       </c>
       <c r="B60" t="s">
         <v>78</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E60" t="s">
         <v>25</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60" t="s">
         <v>25</v>
       </c>
       <c r="I60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>30044</v>
+        <v>20074</v>
       </c>
       <c r="B61" t="s">
         <v>79</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D61" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E61" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F61" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G61" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="H61" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I61" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>30046</v>
+        <v>30041</v>
       </c>
       <c r="B62" t="s">
         <v>80</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62" t="s">
         <v>25</v>
       </c>
       <c r="I62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
         <v>20066</v>
       </c>
       <c r="B63" t="s">
         <v>81</v>
       </c>
       <c r="C63" t="s">
@@ -2832,62 +2832,62 @@
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
         <v>10152</v>
       </c>
       <c r="B71" t="s">
         <v>91</v>
       </c>
       <c r="J71" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
         <v>10153</v>
       </c>
       <c r="B72" t="s">
         <v>93</v>
       </c>
       <c r="J72" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>10119</v>
+        <v>10118</v>
       </c>
       <c r="B73" t="s">
         <v>95</v>
       </c>
       <c r="J73" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>10118</v>
+        <v>10119</v>
       </c>
       <c r="B74" t="s">
         <v>97</v>
       </c>
       <c r="J74" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
         <v>10109</v>
       </c>
       <c r="B75" t="s">
         <v>99</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
         <v>29</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">