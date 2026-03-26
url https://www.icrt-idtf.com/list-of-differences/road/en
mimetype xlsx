--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -206,177 +206,180 @@
   <si>
     <t>Metal particles, if particle size is larger than 10 mm and fat-free and oil-free</t>
   </si>
   <si>
     <t>Poppy straw, capsules and granules</t>
   </si>
   <si>
     <t>Potassium carbonate solid / liquid (non-food / non feed)</t>
   </si>
   <si>
     <t>Filler fly ash</t>
   </si>
   <si>
     <t>Barium carbonate</t>
   </si>
   <si>
     <t>Buttermilk for human consumption</t>
   </si>
   <si>
     <t>Fatty acids of animal and marine origin (non food/non feed)</t>
   </si>
   <si>
     <t>Chondroitin sulphate</t>
   </si>
   <si>
+    <t>Feather meal, hydrolysed</t>
+  </si>
+  <si>
+    <t>Hydrolysed (according to annex 10, chapter 5.D of Reg. (EC) 142/2011), dry product.</t>
+  </si>
+  <si>
+    <t>Eggs and egg products, dry product, if not described elsewhere in the IDTF</t>
+  </si>
+  <si>
     <t>Eggs and egg products, liquid product, if not described elsewhere in the IDTF</t>
   </si>
   <si>
     <t>Calcareous marine shells, if no mollusc remains and moist/wet</t>
   </si>
   <si>
     <t>Bone ash</t>
   </si>
   <si>
     <t>Forbidden, the release procedure is not accepted.</t>
   </si>
   <si>
     <t>Hydrolysed animal proteins of non-ruminants and ruminant hides and skins, non dry product</t>
   </si>
   <si>
-    <t>Feather meal, hydrolysed</t>
-[...7 lines deleted...]
-  <si>
     <t>Skimmed milk/Skimmed milk concentrate</t>
   </si>
   <si>
     <t>Condensed and evaporated milk and their products</t>
   </si>
   <si>
     <t>Milk permeate</t>
   </si>
   <si>
     <t>Milk retentate</t>
   </si>
   <si>
     <t>Whey/ Whey concentrate</t>
   </si>
   <si>
     <t>Delactosed whey</t>
   </si>
   <si>
     <t>Whey protein</t>
   </si>
   <si>
     <t>Demineralised, delactosed whey</t>
   </si>
   <si>
     <t>Whey permeate</t>
   </si>
   <si>
     <t>Whey retentate</t>
   </si>
   <si>
     <t>Hydrolysed animal proteins of non-ruminants and ruminant hides and skins, dry product</t>
   </si>
   <si>
+    <t>Colostrum powder</t>
+  </si>
+  <si>
+    <t>Fermented milk products</t>
+  </si>
+  <si>
+    <t>Milk, non crude / Milk concentrate</t>
+  </si>
+  <si>
     <t>Buttermilk/Buttermilk concentrate</t>
   </si>
   <si>
     <t>Colostrum, non crude</t>
   </si>
   <si>
-    <t>Colostrum powder</t>
-[...7 lines deleted...]
-  <si>
     <t>Scrap metal of household waste incinerator (degrased)</t>
   </si>
   <si>
     <t>Processed wood products (possibly treated and/or recycled)</t>
   </si>
   <si>
     <t>Used tyres (and eventually crushed)</t>
   </si>
   <si>
     <t>Powdered glass from glass panes</t>
   </si>
   <si>
     <t>Powdered glass from jars/bottles</t>
   </si>
   <si>
     <t>Shredder – small particles of metal</t>
   </si>
   <si>
     <t>Debris glass without contamination</t>
   </si>
   <si>
+    <t>Metal flakes and turnings which are degreased, washed and dried with particles less than 10 mm</t>
+  </si>
+  <si>
     <t>Recycled glass</t>
   </si>
   <si>
-    <t>Metal flakes and turnings which are degreased, washed and dried with particles less than 10 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Garden soil/compost, improved with green compost or treated with fertilizers with cleaning regime B</t>
   </si>
   <si>
+    <t>Compost of green waste</t>
+  </si>
+  <si>
     <t>Rinsing water from industrial bakeries/pastries</t>
   </si>
   <si>
     <t>By-products for reprocessing from the food industry, if not described elsewhere in the IDTF</t>
   </si>
   <si>
     <t>If no cleaning regime is mentioned on the processing sheet, then cleaning regime is D</t>
   </si>
   <si>
     <t>Anaerobic (granular) seeding biomass, new and unused</t>
   </si>
   <si>
     <t>Champost (substrate after mushroom cultivation)</t>
   </si>
   <si>
-    <t>Compost of green waste</t>
-[...1 lines deleted...]
-  <si>
     <t>Eggs, unprocessed if from a food registered (EC) 853/2004 company</t>
   </si>
   <si>
     <t>Fermentation residue of acid production labelled as feed</t>
   </si>
   <si>
     <t>Glass from bottle bank intended for recycling, unwashed</t>
+  </si>
+  <si>
+    <t>Used furniture and parts of household furniture intended for recycling or disposal</t>
   </si>
   <si>
     <t>Processed animal protein (PAP) derived from ruminants intended for use in feedingstuffs,  or compound feed containing these products</t>
   </si>
   <si>
     <t xml:space="preserve">
 If any future load is feed intended for farmed animals other than fur animals OR
 If any future load is feed of which the destination / target animal is yet unknown 
 --&gt; Vehicles, containers which have been previously used for the transport of feed materials and compound feed listed in this IDTF-number, may be used for the transport of feedingstuffs intended for farmed animals other than fur animals provided that they have been cleaned beforehand in order to avoid cross-contamination in accordance with a documented procedure which has been given prior authorisation by the competent authority.
   If the next load(s) is (are) feed intended for fur animals 
 --&gt; If IDTF no. 10152 concerns a dry product then the minimum cleaning regime is A.
 --&gt; If IDTF no. 10152 concerns a moist/liquid product then the minimum cleaning regime is B.
 Exceptions for AIC:
 Forbidden, the release procedure is not accepted.
 Exceptions for pastus+:
 Forbidden, the release procedure is not accepted.
 Exceptions for Qualimat: 
  	Concerning raw materials:
 Forbidden, the release procedure is not accepted.
  	There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
     <t>Other products derived from ruminants (see description)</t>
   </si>
@@ -398,118 +401,115 @@
  	There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
     <t>Milk replacers containing fishmeal for the feeding of unweaned ruminants</t>
   </si>
   <si>
     <t xml:space="preserve">
 If any future load is feed intended for ruminants OR
 If any future load is feed of which the destination / target animal is yet unknown 
 --&gt; Vehicles, containers which have been previously used for the transport of milk replacers containing fishmeal intended for unweaned farmed animals of the ruminant species, may be subsequently used for the transport of feed intended for ruminants provided that they are cleaned beforehand in order to avoid cross-contamination, in accordance with a documented procedure which has been given prior authorisation by the competent authority
 If the next load(s) is (are) feed intended for non-ruminant farmed animals, including aquaculture animals, poultry and porcine animals 
 --&gt; If IDTF no. 10155 concerns a dry product then the minimum cleaning regime is A.
 --&gt; If IDTF no. 10155 concerns a moist/liquid product then the minimum cleaning regime is B.
 Exceptions for AIC:
 Cleaning regime D
 Exceptions for pastus+:
 Cleaning regime D
 Exceptions for Qualimat:There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
     <t>Compost from DOMESTIC waste of vegetables, fruit and garden</t>
   </si>
   <si>
-    <t>Used furniture and parts of household furniture intended for recycling or disposal</t>
-[...1 lines deleted...]
-  <si>
     <t>Processed animal protein (PAP), derived from non-ruminants other than: aquaculture animals, farmed insects, porcine animals, poultry and compound feed containing these products</t>
   </si>
   <si>
     <t xml:space="preserve">
 If any future load is feed intended for ruminants or non-ruminant farmed animals other than aquaculture animals OR
 If any future load is feed of which the destination / target animal is yet unknown 
 --&gt; Vehicles, containers which have been previously used for the transport of the products listed in this IDTF-number, may be subsequently used for the transport of feed intended for ruminants or non-ruminant farmed animals other than aquaculture animals provided that they are cleaned beforehand in order to avoid cross-contamination, in accordance with a documented procedure which has been given prior authorisation by the competent authority.
 If the next load(s) is (are) feed intended for aquaculture animals
 --&gt; If IDTF no. 10119 concerns a dry product then the minimum cleaning regime is A.
 --&gt; If IDTF no. 10119 concerns a moist/liquid product then the minimum cleaning regime is B.
 Exceptions for AIC:
 Forbidden, the release procedure is not accepted.
 Exceptions for pastus+:
 Forbidden, the release procedure is not accepted.
 Exceptions for Qualimat:
  	Concerning raw materials:
 Dedicated transport. French regulation (Code Rural, Article R226-1) requires that certain products derived from animal by-products authorized for animal feed in the applicable European regulation be transported in vehicles or containers reserved for this purpose.
 There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
-    <t>Calcareous marine shells, if mollusc (remains) present</t>
-[...1 lines deleted...]
-  <si>
     <t>Dicalcium phosphate and tricalcium phosphate of animal origin  intended for use in feedingstuffs, or compound feed containing these products</t>
   </si>
   <si>
     <t xml:space="preserve">
 If any future load is feed intended for ruminants OR
 If any future load is feed of which the destination / target animal is yet unknown 
 --&gt; Vehicles, containers which have been previously used for the transport of the products listed in this IDTF-number, may be subsequently used for the transport of feed intended for ruminants provided that they are cleaned beforehand in order to avoid cross-contamination, in accordance with a documented procedure which has been given prior authorisation by the competent authority.
 If the next load(s) is (are) feed intended for non-ruminant farmed animals, including aquaculture animals, poultry and porcine animals
 --&gt; If IDTF no. 10118 concerns a dry product then the minimum cleaning regime is A.
 --&gt; If IDTF no. 10118 concerns a moist/liquid product then the minimum cleaning regime is B.
 Exceptions for AIC:
 Cleaning regime D.
 Exceptions for pastus+:
 Cleaning regime D.
 Exceptions for Qualimat:
  	Concerning raw materials:
 Dedicated transport. French regulation (Code Rural, Article R226-1) requires that certain products derived from animal by-products authorized for animal feed in the applicable European regulation be transported in vehicles or containers reserved for this purpose.
  	There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
+    <t>Calcareous marine shells, if mollusc (remains) present</t>
+  </si>
+  <si>
     <t>Albumen, if not described elsewhere in the IDTF</t>
   </si>
   <si>
     <t>Egg powder sugared,  if not described elsewhere in the IDTF</t>
   </si>
   <si>
     <t>Egg shells, not dried, if not described elsewhere in the IDTF</t>
   </si>
   <si>
     <t>Egg shells, dried, if not described elsewhere in the IDTF</t>
+  </si>
+  <si>
+    <t>Combustion Slags</t>
   </si>
   <si>
     <t>Flavouring innard</t>
   </si>
   <si>
     <t>GMP+: Forbidden. If next load is for petfood or fur animals then D (or less) could be enough.
 Ovocom: Forbidden. If next load is for petfood or fur animals then D (or less) could be enough.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Combustion Slags</t>
   </si>
   <si>
     <t>(Compound feed containing) Blood products derived from non-ruminants  intended to be used for the feeding of non-ruminant farmed animals (including aquaculture animals)</t>
   </si>
   <si>
     <t xml:space="preserve">
 If any future load is feed intended for ruminants OR
 If any future load is feed of which the destination / target animal is yet unknown 
 --&gt; Vehicles or containers which have been previously used for the transport of blood products derived from non-ruminants and compound feed containing these products may be subsequently used for the transport of feed intended for ruminants provided that they are cleaned beforehand in order to avoid cross-contamination, in accordance with a documented procedure which has been given prior authorisation by the competent authority.
 If the next load(s) is (are) feed intended for non-ruminant farmed animals, including aquaculture animals, poultry and porcine animals
 --&gt; If IDTF no. 10042 concerns a dry product then the minimum cleaning regime is A.
 --&gt; If IDTF no. 10042 concerns a moist/liquid product then the minimum cleaning regime is B.
 Exceptions for AIC:
 Cleaning regime D.
 Exceptions for pastus+:
 Cleaning regime D.
 Exceptions for Qualimat:
  	Concerning raw materials:
 Dedicated transport. French regulation (Code Rural, Article R226-1) requires that certain products derived from animal by-products authorized for animal feed in the applicable European regulation be transported in vehicles or containers reserved for this purpose.
  	There is no release procedure documented by the competent authority.
 </t>
   </si>
   <si>
     <t>Fishmeal and compound feeds containing fishmeal (except milk replacers for the feeding of unweaned ruminants)</t>
   </si>
@@ -1588,223 +1588,223 @@
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>29</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
         <v>25</v>
       </c>
       <c r="I27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>30350</v>
+        <v>30348</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>29</v>
       </c>
       <c r="E28" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G28" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H28" t="s">
         <v>9</v>
       </c>
       <c r="I28" t="s">
-        <v>9</v>
+        <v>22</v>
+      </c>
+      <c r="J28" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>30356</v>
+        <v>30349</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29" t="s">
         <v>29</v>
       </c>
       <c r="E29" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F29" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G29" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H29" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I29" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>30357</v>
+        <v>30350</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
         <v>29</v>
       </c>
       <c r="E30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H30" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I30" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>30346</v>
+        <v>30356</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>29</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="H31" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I31" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
-        <v>30348</v>
+        <v>30357</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>29</v>
       </c>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="H32" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I32" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="J32" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
-        <v>30349</v>
+        <v>30346</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>29</v>
       </c>
       <c r="E33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="I33" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
         <v>30333</v>
       </c>
       <c r="B34" t="s">
         <v>52</v>
       </c>
       <c r="C34" t="s">
         <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>29</v>
       </c>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
@@ -2079,196 +2079,196 @@
       <c r="A44">
         <v>30345</v>
       </c>
       <c r="B44" t="s">
         <v>62</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44" t="s">
         <v>29</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44" t="s">
         <v>9</v>
       </c>
       <c r="H44" t="s">
         <v>27</v>
       </c>
       <c r="I44" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>30328</v>
+        <v>30330</v>
       </c>
       <c r="B45" t="s">
         <v>63</v>
       </c>
       <c r="C45" t="s">
         <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>29</v>
       </c>
       <c r="E45" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
         <v>22</v>
       </c>
       <c r="I45" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>30329</v>
+        <v>30331</v>
       </c>
       <c r="B46" t="s">
         <v>64</v>
       </c>
       <c r="C46" t="s">
         <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>29</v>
       </c>
       <c r="E46" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
         <v>22</v>
       </c>
       <c r="I46" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>30330</v>
+        <v>30332</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F47" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>30331</v>
+        <v>30328</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>29</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48" t="s">
         <v>22</v>
       </c>
       <c r="I48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
-        <v>30332</v>
+        <v>30329</v>
       </c>
       <c r="B49" t="s">
         <v>67</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>29</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>22</v>
       </c>
       <c r="I49" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
         <v>30272</v>
       </c>
       <c r="B50" t="s">
         <v>68</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50" t="s">
@@ -2432,80 +2432,80 @@
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
         <v>25</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
         <v>25</v>
       </c>
       <c r="H56" t="s">
         <v>25</v>
       </c>
       <c r="I56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>30079</v>
+        <v>30089</v>
       </c>
       <c r="B57" t="s">
         <v>75</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
         <v>25</v>
       </c>
       <c r="H57" t="s">
         <v>25</v>
       </c>
       <c r="I57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
-        <v>30089</v>
+        <v>30079</v>
       </c>
       <c r="B58" t="s">
         <v>76</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
         <v>25</v>
       </c>
       <c r="I58" t="s">
         <v>25</v>
       </c>
@@ -2519,185 +2519,185 @@
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
         <v>25</v>
       </c>
       <c r="E59" t="s">
         <v>25</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59" t="s">
         <v>25</v>
       </c>
       <c r="I59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>20066</v>
+        <v>30044</v>
       </c>
       <c r="B60" t="s">
         <v>78</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="H60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I60" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>20069</v>
+        <v>20066</v>
       </c>
       <c r="B61" t="s">
         <v>79</v>
       </c>
       <c r="C61" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="G61" t="s">
         <v>9</v>
       </c>
       <c r="H61" t="s">
         <v>9</v>
       </c>
       <c r="I61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>20074</v>
+        <v>20069</v>
       </c>
       <c r="B62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C62" t="s">
+        <v>9</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" t="s">
         <v>81</v>
       </c>
-      <c r="C62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G62" t="s">
         <v>9</v>
       </c>
       <c r="H62" t="s">
         <v>9</v>
       </c>
       <c r="I62" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>30041</v>
+        <v>20074</v>
       </c>
       <c r="B63" t="s">
         <v>82</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E63" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="H63" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I63" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>30044</v>
+        <v>30041</v>
       </c>
       <c r="B64" t="s">
         <v>83</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E64" t="s">
         <v>25</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H64" t="s">
         <v>25</v>
       </c>
       <c r="I64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
         <v>20059</v>
       </c>
       <c r="B65" t="s">
         <v>84</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65" t="s">
         <v>29</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
       <c r="F65" t="s">
@@ -2751,188 +2751,188 @@
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67" t="s">
         <v>9</v>
       </c>
       <c r="H67" t="s">
         <v>9</v>
       </c>
       <c r="I67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>10152</v>
+        <v>10149</v>
       </c>
       <c r="B68" t="s">
         <v>87</v>
       </c>
-      <c r="J68" t="s">
-        <v>88</v>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" t="s">
+        <v>9</v>
+      </c>
+      <c r="F68" t="s">
+        <v>9</v>
+      </c>
+      <c r="G68" t="s">
+        <v>10</v>
+      </c>
+      <c r="H68" t="s">
+        <v>10</v>
+      </c>
+      <c r="I68" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>10153</v>
+        <v>10152</v>
       </c>
       <c r="B69" t="s">
+        <v>88</v>
+      </c>
+      <c r="J69" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>10155</v>
+        <v>10153</v>
       </c>
       <c r="B70" t="s">
+        <v>90</v>
+      </c>
+      <c r="J70" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>20032</v>
+        <v>10155</v>
       </c>
       <c r="B71" t="s">
+        <v>92</v>
+      </c>
+      <c r="J71" t="s">
         <v>93</v>
-      </c>
-[...19 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>10149</v>
+        <v>20032</v>
       </c>
       <c r="B72" t="s">
         <v>94</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72" t="s">
         <v>10</v>
       </c>
       <c r="H72" t="s">
         <v>10</v>
       </c>
       <c r="I72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
         <v>10119</v>
       </c>
       <c r="B73" t="s">
         <v>95</v>
       </c>
       <c r="J73" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>10109</v>
+        <v>10118</v>
       </c>
       <c r="B74" t="s">
         <v>97</v>
       </c>
-      <c r="C74" t="s">
-[...18 lines deleted...]
-        <v>9</v>
+      <c r="J74" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
-        <v>10118</v>
+        <v>10109</v>
       </c>
       <c r="B75" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="J75" t="s">
         <v>99</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>29</v>
+      </c>
+      <c r="E75" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" t="s">
+        <v>10</v>
+      </c>
+      <c r="G75" t="s">
+        <v>10</v>
+      </c>
+      <c r="H75" t="s">
+        <v>10</v>
+      </c>
+      <c r="I75" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
         <v>10095</v>
       </c>
       <c r="B76" t="s">
         <v>100</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
         <v>29</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
       <c r="H76" t="s">
@@ -3009,107 +3009,107 @@
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79" t="s">
         <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>10</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="I79" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
-        <v>10058</v>
+        <v>10059</v>
       </c>
       <c r="B80" t="s">
         <v>104</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="I80" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
-        <v>10059</v>
+        <v>10058</v>
       </c>
       <c r="B81" t="s">
+        <v>105</v>
+      </c>
+      <c r="C81" t="s">
+        <v>10</v>
+      </c>
+      <c r="D81" t="s">
+        <v>29</v>
+      </c>
+      <c r="E81" t="s">
+        <v>10</v>
+      </c>
+      <c r="F81" t="s">
+        <v>10</v>
+      </c>
+      <c r="G81" t="s">
+        <v>10</v>
+      </c>
+      <c r="H81" t="s">
+        <v>10</v>
+      </c>
+      <c r="I81" t="s">
+        <v>50</v>
+      </c>
+      <c r="J81" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
         <v>10042</v>
       </c>
       <c r="B82" t="s">
         <v>107</v>
       </c>
       <c r="J82" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
         <v>10046</v>
       </c>
       <c r="B83" t="s">
         <v>109</v>
       </c>
       <c r="J83" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:10">