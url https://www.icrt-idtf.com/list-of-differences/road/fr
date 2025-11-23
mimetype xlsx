--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>AIC</t>
   </si>
   <si>
     <t>EFISC-GTP</t>
   </si>
   <si>
     <t>GMP+</t>
   </si>
   <si>
     <t>Ovocom</t>
   </si>
   <si>
     <t>pastus+</t>
   </si>
   <si>
     <t>QS</t>
   </si>
   <si>
     <t>Qualimat</t>
   </si>
   <si>
     <t>Exigences importantes</t>
   </si>
   <si>
@@ -165,213 +165,219 @@
   <si>
     <t>Fibre de verre</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>Poudre de cacao</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Matières premières humides et non liquides d’origine végétale</t>
   </si>
   <si>
     <t>L'opérateur peut choisir le niveau de nettoyage à appliquer en fonction de ceux exigés par les autres propriétaire de schéma de certification</t>
   </si>
   <si>
     <t>Coquilles d’oeufs séchées, provenant d’un établissement enregistré (EC) 1069/2009</t>
   </si>
   <si>
     <t>Protéine de poisson hydrolysée, en poudre</t>
   </si>
   <si>
+    <t>Ovoproduits, secs; provenant d’un établissement enregistré (EC) 1069/2009 ou (EC) 853/2004</t>
+  </si>
+  <si>
     <t>Gélatine de non ruminants, si sec</t>
   </si>
   <si>
-    <t>Ovoproduits, secs; provenant d’un établissement enregistré (EC) 1069/2009 ou (EC) 853/2004</t>
-[...1 lines deleted...]
-  <si>
     <t>Prémélanges pour aliments médicamenteux sous forme solide, les aliments médicamenteux pour animaux et les produits intermédiaires</t>
   </si>
   <si>
     <t>Verre soufflé (granulé)</t>
   </si>
   <si>
     <t>Morceaux de métal dont la taille est supérieure à 10 mm, dégraissés et non huilés</t>
   </si>
   <si>
     <t>Pailles, capsules et granulés de pavot</t>
   </si>
   <si>
     <t>Carbonate de potassium solide / en solution (non food / non feed)</t>
   </si>
   <si>
     <t>Cendres volantes fillérisées</t>
   </si>
   <si>
     <t>Carbonate de baryum</t>
   </si>
   <si>
     <t>Acides gras d’origine animal ou marine (non food / non feed)</t>
   </si>
   <si>
     <t>Babeurre pour la consommation humaine</t>
   </si>
   <si>
     <t>Sulfate de chondroïtine</t>
   </si>
   <si>
+    <t>Coquilles marines mouillées/humides sans reste de mollusques</t>
+  </si>
+  <si>
+    <t>Cendres d’os</t>
+  </si>
+  <si>
+    <t>Interdit, pas de procédure de réaffectation autorisée.</t>
+  </si>
+  <si>
+    <t>Oeufs et ovoproduits secs, non décrits par ailleurs dans l’IDTF</t>
+  </si>
+  <si>
     <t>Oeufs et ovoproduits liquides, non décrits par ailleurs dans l’IDTF</t>
   </si>
   <si>
-    <t>Coquilles marines mouillées/humides sans reste de mollusques</t>
-[...10 lines deleted...]
-  <si>
     <t>Lactosérum délactosé</t>
   </si>
   <si>
     <t>Protéine de lactosérum, non sec</t>
   </si>
   <si>
     <t>Lactosérum délactosé, déminéralisé, non sec</t>
   </si>
   <si>
     <t>Perméat de lactosérum, non sec</t>
   </si>
   <si>
     <t>Rétentat de lactosérum, non sec</t>
   </si>
   <si>
     <t>Protéines animales hydrolysées, provenant de non ruminants, ou de cuirs et peaux de ruminants, produit sec</t>
   </si>
   <si>
     <t>Protéines animales hydrolysées, provenant de non ruminants, ou de cuirs et peaux de ruminants, produit non sec</t>
   </si>
   <si>
     <t>Farine de plumes hydrolysées</t>
   </si>
   <si>
     <t>Hydrolysé (selon l'annexe 10, chapitre 5D du Règlement (CE) 142/2011), produit sec.</t>
   </si>
   <si>
+    <t>Rétentat de lait , non sec</t>
+  </si>
+  <si>
+    <t>Lactosérum, lactosérum concentré</t>
+  </si>
+  <si>
+    <t>Colostrum non cru</t>
+  </si>
+  <si>
+    <t>Colostrum en poudre</t>
+  </si>
+  <si>
+    <t>Produits laitiers fermentés</t>
+  </si>
+  <si>
+    <t>Lait, lait concentré non cru</t>
+  </si>
+  <si>
     <t>Lait écrémé, Lait écrémé concentré</t>
   </si>
   <si>
     <t>Lait concentré et évaporé et produits dérivés</t>
   </si>
   <si>
     <t>Milk permeate</t>
   </si>
   <si>
-    <t>Rétentat de lait , non sec</t>
-[...16 lines deleted...]
-  <si>
     <t>Babeurre / babeurre concentré</t>
   </si>
   <si>
     <t>Produits de bois, potentiellement traités et/ou recyclés</t>
   </si>
   <si>
     <t>Ferraille (dégraissée/sans huile) issue de l’incinération</t>
   </si>
   <si>
     <t>Pneu usagés (éventuellement broyés)</t>
   </si>
   <si>
     <t>Poudre de verre (verre plat)</t>
   </si>
   <si>
     <t>Poudre de verre (bocaux/bouteilles)</t>
   </si>
   <si>
     <t>Verre brisé et non contaminé</t>
   </si>
   <si>
     <t>Shredder – petites particules métalliques</t>
   </si>
   <si>
     <t>Déchets de métaux et tournures (dégraissés, lavés et séchés) de dimension &lt; 10 mm</t>
   </si>
   <si>
     <t>Verre recyclé</t>
   </si>
   <si>
     <t>Biomasse granulaire d’ensemencement anaérobie, neuve et non utilisée</t>
   </si>
   <si>
     <t>Champost (substrat après culture de champignons)</t>
   </si>
   <si>
     <t>Compost de déchets verts</t>
   </si>
   <si>
     <t>Terre de jardin/terreau, amélioré au moyen de compost vert ou au moyen d’engrais avec un régime de nettoyage B</t>
   </si>
   <si>
+    <t>Flux connexes à transformer, issus de l’industrie alimentaire (ne contenant pas de produits interdits), non décrits par ailleurs dans l’IDTF</t>
+  </si>
+  <si>
+    <t>Si aucun régime de nettoyage n'est mentionné sur la fiche de traitement, le régime de nettoyage est D</t>
+  </si>
+  <si>
+    <t>Oeufs, provenant d’un établissement agréé (EC) 853/2004</t>
+  </si>
+  <si>
     <t>Eau de rinçage des boulangeries/pâtisseries industrielles</t>
   </si>
   <si>
-    <t>Flux connexes à transformer, issus de l’industrie alimentaire (ne contenant pas de produits interdits), non décrits par ailleurs dans l’IDTF</t>
-[...4 lines deleted...]
-  <si>
     <t>Résidus de fermentation issus de la production d’acides étiquetés en tant qu’aliments pour animaux</t>
   </si>
   <si>
     <t>Compost de déchets DOMESTIQUES de légumes,  de fruits, de jardins</t>
   </si>
   <si>
     <t>Verres et déchets de verre, non lavés, issus de la collecte sélective des déchets et destinés au recyclage</t>
+  </si>
+  <si>
+    <t>Mobilier et parties de mobilier, usagé, destiné au recyclage ou à la destruction</t>
   </si>
   <si>
     <t>Protéines animales transformées (PAT) dérivées de ruminants destinées à être utilisées dans les aliments pour animaux/aliments composés en contenant</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux animaux d’élevage autres que les animaux à fourrure OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des matières premières et aliments composés listés dans ce numéro IDTF peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux animaux d'élevage autres que les animaux à fourrure, à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux à fourrure
 =&gt; Si le n°IDTF 10152 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10152 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour pastus+:
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour Qualimat :
  	Concernant les matières premières :
 Interdit, pas de procédure de réaffectation autorisée.
  	Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
 </t>
   </si>
   <si>
     <t>Autres produits dérivés de ruminants (voir description)</t>
   </si>
   <si>
@@ -388,126 +394,113 @@
 Exceptions for Qualimat:
  	Regarding raw materials:
 Prohibited, no reassignment procedure authorized.
  	There is no reassignment procedure authorized by the competent authority.
 </t>
   </si>
   <si>
     <t>Aliments d’allaitement contenant de la farine de poissons, pour l’alimentation de ruminants non sevrés</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des aliments d’allaitement contenant de la farine de poisson à destination des ruminants non sevrés, peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux d’élevage non ruminants, incluant les animaux d'aquaculture, porcins et volailles
 =&gt; Si le n°IDTF 10155 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10155 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Régime de nettoyage D
 Exceptions pour pastus+:
 Régime de nettoyage D
 Exceptions pour Qualimat :
 Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
 </t>
   </si>
   <si>
-    <t>Mobilier et parties de mobilier, usagé, destiné au recyclage ou à la destruction</t>
+    <t>Phosphate dicalcique ou tricalcique d’origine animale destinés à être utilisés dans les aliments pour animaux /Aliments composés pour animaux contenant de tels phosphates</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 
+Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
+Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des produits listés dans ce numéro IDTF peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants à condition qu'ils aient été préalablement nettoyés  - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
+Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés à des animaux d'élevage non ruminants, incluant les animaux d'aquaculture, porcins et volailles
+=&gt; Si le n°IDTF 10118 concerne un produit sec, alors le régime de nettoyage minimum est A.
+=&gt; Si le n°IDTF 10118 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
+Exceptions pour AIC :
+Régime de nettoyage D.
+Exceptions pour pastus+:
+Régime de nettoyage D.
+Exceptions pour Qualimat :
+ 	Concernant les matières premières :
+Transport dédié. La règlementation française (Code Rural, Article R226-1) impose que certains produits dérivés de sous-produits animaux autorisés pour l’alimentation animale dans la règlementation européenne soient transportés dans des véhicules ou contenants réservés à cet effet.
+ 	Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
+</t>
   </si>
   <si>
     <t>Protéines animales transformées (PAT) dérivées de non-ruminants autres que : animaux d’aquaculture, porcins et volailles /aliments composés en contenant</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants ou aux animaux d’élevage non-ruminants autres que les animaux d’aquaculture OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des produits listés dans ce numéro IDTF peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants ou aux animaux d’élevage non-ruminants autres que les animaux d’aquaculture à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux d'aquaculture
 =&gt; Si le n°IDTF 10119 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10119 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour pastus+:
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour Qualimat :
  	Concernant les matières premières :
 Transport dédié. La règlementation française (Code Rural, Article R226-1) impose que certains produits dérivés de sous-produits animaux autorisés pour l’alimentation animale dans la règlementation européenne soient transportés dans des véhicules ou contenants réservés à cet effet.
  	Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
 </t>
   </si>
   <si>
-    <t>Phosphate dicalcique ou tricalcique d’origine animale destinés à être utilisés dans les aliments pour animaux /Aliments composés pour animaux contenant de tels phosphates</t>
-[...18 lines deleted...]
-  <si>
     <t>Coquilles marines mouillées/humides avec reste de mollusques</t>
   </si>
   <si>
     <t>Albumen, non décrit par aileurs dans l’IDTF</t>
   </si>
   <si>
     <t>Poudre d’oeuf sucrée, non décrit par ailleurs dans l’IDTF</t>
   </si>
   <si>
     <t>Coquilles d’oeufs brutes, non seches, non décrit par ailleurs dans l’IDTF</t>
   </si>
   <si>
     <t>Coquilles d’oeufs séchées, non décrits par ailleurs dans l’IDTF</t>
   </si>
   <si>
     <t>Viscères aromatiques</t>
   </si>
   <si>
     <t>GMP+: Interdit. Si le chargement suivant est à destination des animaux de compagnie ou des animaux à fourrure, alors un niveau de nettoyage D (ou moindre) est suffisant.
 Ovocom: Interdit. Si le chargement suivant est à destination des animaux de compagnie ou des animaux à fourrure, alors un niveau de nettoyage D (ou moindre) est suffisant.</t>
   </si>
   <si>
     <t>Machefer, scories d’incinération</t>
-  </si>
-[...8 lines deleted...]
-QS: Nettoyage et inspection par l'autorité compétente. Si le chargement suivant concerne la même marchandise (transport dédié) ou des aliments pour animaux contenant ces mêmes protéines, alors l'inspection n'est pas exigée : nettoyage de niveau A si sec et C si non sec.</t>
   </si>
   <si>
     <t>Produits sanguins dérivés de non ruminants destinés à l’alimentation des animaux d’élevage (animaux d’aquaculture inclus) /Aliment composé en contenant</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des produits sanguins dérivés de non ruminants et d’aliments composés en contenant peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux d’élevage non ruminants, incluant les animaux d'aquaculture, porcins et volailles
 =&gt; Si le n°IDTF 10042 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10042 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Régime de nettoyage D
 Exceptions pour pastus+:
 Régime de nettoyage D
 Exceptions pour Qualimat :
  	Concernant les matières premières :
 Transport dédié. La règlementation française (Code Rural, Article R226-1) impose que certains produits dérivés de sous-produits animaux autorisés pour l’alimentation animale dans la règlementation européenne soient transportés dans des véhicules ou contenants réservés à cet effet.
  	Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
 </t>
   </si>
   <si>
     <t>Farine de poisson et aliments composés contenant de la farine de poisson (à l’exception des aliments d’allaitement destinés à l’alimentation des ruminants non sevrés</t>
   </si>
   <si>
@@ -857,51 +850,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J86"/>
+  <dimension ref="A1:J85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="C1" t="s">
         <v>0</v>
       </c>
       <c r="D1" t="s">
         <v>1</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
@@ -1236,98 +1229,98 @@
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>27</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>40360</v>
+        <v>40362</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>27</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H16" t="s">
         <v>27</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>40362</v>
+        <v>40360</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17" t="s">
         <v>27</v>
       </c>
       <c r="G17" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>27</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>40325</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18" t="s">
@@ -1584,162 +1577,162 @@
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>29</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
         <v>25</v>
       </c>
       <c r="I27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>30350</v>
+        <v>30356</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" t="s">
         <v>29</v>
       </c>
       <c r="E28" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G28" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H28" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>30356</v>
+        <v>30357</v>
       </c>
       <c r="B29" t="s">
         <v>45</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>29</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29" t="s">
         <v>25</v>
       </c>
       <c r="I29" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>30357</v>
+        <v>30349</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
         <v>29</v>
       </c>
       <c r="E30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H30" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I30" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>30349</v>
+        <v>30350</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>29</v>
       </c>
       <c r="E31" t="s">
         <v>10</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>10</v>
       </c>
       <c r="H31" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I31" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
         <v>30338</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32" t="s">
         <v>29</v>
       </c>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32" t="s">
@@ -1869,364 +1862,364 @@
       <c r="A37">
         <v>30345</v>
       </c>
       <c r="B37" t="s">
         <v>54</v>
       </c>
       <c r="C37" t="s">
         <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>29</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="F37" t="s">
         <v>27</v>
       </c>
       <c r="G37" t="s">
         <v>9</v>
       </c>
       <c r="H37" t="s">
         <v>27</v>
       </c>
       <c r="I37" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
         <v>30346</v>
       </c>
       <c r="B38" t="s">
         <v>55</v>
       </c>
       <c r="C38" t="s">
         <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>29</v>
       </c>
       <c r="E38" t="s">
         <v>22</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>9</v>
       </c>
       <c r="H38" t="s">
         <v>22</v>
       </c>
       <c r="I38" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
         <v>30348</v>
       </c>
       <c r="B39" t="s">
         <v>56</v>
       </c>
       <c r="C39" t="s">
         <v>22</v>
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
         <v>27</v>
       </c>
       <c r="G39" t="s">
         <v>9</v>
       </c>
       <c r="H39" t="s">
         <v>9</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>30333</v>
+        <v>30336</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>29</v>
       </c>
       <c r="E40" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>30334</v>
+        <v>30337</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
       <c r="C41" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D41" t="s">
         <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>30335</v>
+        <v>30329</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D42" t="s">
         <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
         <v>22</v>
       </c>
       <c r="I42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>30336</v>
+        <v>30330</v>
       </c>
       <c r="B43" t="s">
         <v>61</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>29</v>
       </c>
       <c r="E43" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43" t="s">
         <v>22</v>
       </c>
       <c r="I43" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>30337</v>
+        <v>30331</v>
       </c>
       <c r="B44" t="s">
         <v>62</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D44" t="s">
         <v>29</v>
       </c>
       <c r="E44" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>30329</v>
+        <v>30332</v>
       </c>
       <c r="B45" t="s">
         <v>63</v>
       </c>
       <c r="C45" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D45" t="s">
         <v>29</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F45" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
         <v>22</v>
       </c>
       <c r="I45" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>30330</v>
+        <v>30333</v>
       </c>
       <c r="B46" t="s">
         <v>64</v>
       </c>
       <c r="C46" t="s">
         <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>29</v>
       </c>
       <c r="E46" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F46" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I46" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>30331</v>
+        <v>30334</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47" t="s">
         <v>22</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>30332</v>
+        <v>30335</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48" t="s">
         <v>29</v>
       </c>
       <c r="E48" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48" t="s">
         <v>22</v>
       </c>
       <c r="I48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
         <v>30328</v>
       </c>
       <c r="B49" t="s">
         <v>67</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>29</v>
       </c>
       <c r="E49" t="s">
@@ -2602,600 +2595,589 @@
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62" t="s">
         <v>25</v>
       </c>
       <c r="I62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>20066</v>
+        <v>20069</v>
       </c>
       <c r="B63" t="s">
         <v>81</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="G63" t="s">
         <v>9</v>
       </c>
       <c r="H63" t="s">
         <v>9</v>
       </c>
       <c r="I63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>20069</v>
+        <v>20059</v>
       </c>
       <c r="B64" t="s">
-        <v>82</v>
+        <v>83</v>
+      </c>
+      <c r="C64" t="s">
+        <v>9</v>
+      </c>
+      <c r="D64" t="s">
+        <v>29</v>
+      </c>
+      <c r="E64" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" t="s">
+        <v>9</v>
+      </c>
+      <c r="G64" t="s">
+        <v>9</v>
+      </c>
+      <c r="H64" t="s">
+        <v>22</v>
+      </c>
+      <c r="I64" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
-        <v>20059</v>
+        <v>20066</v>
       </c>
       <c r="B65" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C65" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65" t="s">
         <v>9</v>
       </c>
       <c r="H65" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
         <v>20047</v>
       </c>
       <c r="B66" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
       <c r="E66" t="s">
         <v>25</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66" t="s">
         <v>25</v>
       </c>
       <c r="H66" t="s">
         <v>25</v>
       </c>
       <c r="I66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
         <v>20032</v>
       </c>
       <c r="B67" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>29</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67" t="s">
         <v>10</v>
       </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
       <c r="I67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
         <v>20036</v>
       </c>
       <c r="B68" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
       <c r="G68" t="s">
         <v>9</v>
       </c>
       <c r="H68" t="s">
         <v>9</v>
       </c>
       <c r="I68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>10152</v>
+        <v>10149</v>
       </c>
       <c r="B69" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="J69" t="s">
         <v>88</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69" t="s">
+        <v>9</v>
+      </c>
+      <c r="F69" t="s">
+        <v>9</v>
+      </c>
+      <c r="G69" t="s">
+        <v>10</v>
+      </c>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
+      <c r="I69" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>10153</v>
+        <v>10152</v>
       </c>
       <c r="B70" t="s">
         <v>89</v>
       </c>
       <c r="J70" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>10155</v>
+        <v>10153</v>
       </c>
       <c r="B71" t="s">
         <v>91</v>
       </c>
       <c r="J71" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>10149</v>
+        <v>10155</v>
       </c>
       <c r="B72" t="s">
         <v>93</v>
       </c>
-      <c r="C72" t="s">
-[...18 lines deleted...]
-        <v>9</v>
+      <c r="J72" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>10119</v>
+        <v>10118</v>
       </c>
       <c r="B73" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J73" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>10118</v>
+        <v>10119</v>
       </c>
       <c r="B74" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J74" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
         <v>10109</v>
       </c>
       <c r="B75" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
         <v>29</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>10</v>
       </c>
       <c r="H75" t="s">
         <v>10</v>
       </c>
       <c r="I75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
         <v>10095</v>
       </c>
       <c r="B76" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
         <v>29</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
       <c r="H76" t="s">
         <v>10</v>
       </c>
       <c r="I76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
         <v>10096</v>
       </c>
       <c r="B77" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>29</v>
       </c>
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
       <c r="H77" t="s">
         <v>10</v>
       </c>
       <c r="I77" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
         <v>10097</v>
       </c>
       <c r="B78" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78" t="s">
         <v>29</v>
       </c>
       <c r="E78" t="s">
         <v>10</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>10</v>
       </c>
       <c r="H78" t="s">
         <v>10</v>
       </c>
       <c r="I78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
         <v>10098</v>
       </c>
       <c r="B79" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79" t="s">
         <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>10</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="I79" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
         <v>10058</v>
       </c>
       <c r="B80" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="I80" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J80" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
         <v>10059</v>
       </c>
       <c r="B81" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
         <v>29</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
         <v>10</v>
       </c>
       <c r="H81" t="s">
         <v>10</v>
       </c>
       <c r="I81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
-        <v>10039</v>
+        <v>10042</v>
       </c>
       <c r="B82" t="s">
-        <v>106</v>
-[...20 lines deleted...]
-        <v>47</v>
+        <v>107</v>
       </c>
       <c r="J82" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
-        <v>10042</v>
+        <v>10046</v>
       </c>
       <c r="B83" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J83" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>10046</v>
+        <v>10015</v>
       </c>
       <c r="B84" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="J84" t="s">
         <v>111</v>
+      </c>
+      <c r="C84" t="s">
+        <v>27</v>
+      </c>
+      <c r="D84" t="s">
+        <v>22</v>
+      </c>
+      <c r="E84" t="s">
+        <v>22</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>22</v>
+      </c>
+      <c r="I84" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>10015</v>
+        <v>10009</v>
       </c>
       <c r="B85" t="s">
         <v>112</v>
       </c>
       <c r="C85" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E85" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="H85" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="I85" t="s">
-        <v>22</v>
-[...27 lines deleted...]
-      <c r="I86" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>