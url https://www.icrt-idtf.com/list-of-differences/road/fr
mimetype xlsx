--- v1 (2025-11-23)
+++ v2 (2026-01-11)
@@ -165,56 +165,56 @@
   <si>
     <t>Fibre de verre</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>Poudre de cacao</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Matières premières humides et non liquides d’origine végétale</t>
   </si>
   <si>
     <t>L'opérateur peut choisir le niveau de nettoyage à appliquer en fonction de ceux exigés par les autres propriétaire de schéma de certification</t>
   </si>
   <si>
     <t>Coquilles d’oeufs séchées, provenant d’un établissement enregistré (EC) 1069/2009</t>
   </si>
   <si>
     <t>Protéine de poisson hydrolysée, en poudre</t>
   </si>
   <si>
+    <t>Gélatine de non ruminants, si sec</t>
+  </si>
+  <si>
     <t>Ovoproduits, secs; provenant d’un établissement enregistré (EC) 1069/2009 ou (EC) 853/2004</t>
   </si>
   <si>
-    <t>Gélatine de non ruminants, si sec</t>
-[...1 lines deleted...]
-  <si>
     <t>Prémélanges pour aliments médicamenteux sous forme solide, les aliments médicamenteux pour animaux et les produits intermédiaires</t>
   </si>
   <si>
     <t>Verre soufflé (granulé)</t>
   </si>
   <si>
     <t>Morceaux de métal dont la taille est supérieure à 10 mm, dégraissés et non huilés</t>
   </si>
   <si>
     <t>Pailles, capsules et granulés de pavot</t>
   </si>
   <si>
     <t>Carbonate de potassium solide / en solution (non food / non feed)</t>
   </si>
   <si>
     <t>Cendres volantes fillérisées</t>
   </si>
   <si>
     <t>Carbonate de baryum</t>
   </si>
   <si>
     <t>Acides gras d’origine animal ou marine (non food / non feed)</t>
   </si>
   <si>
     <t>Babeurre pour la consommation humaine</t>
@@ -243,75 +243,75 @@
   <si>
     <t>Protéine de lactosérum, non sec</t>
   </si>
   <si>
     <t>Lactosérum délactosé, déminéralisé, non sec</t>
   </si>
   <si>
     <t>Perméat de lactosérum, non sec</t>
   </si>
   <si>
     <t>Rétentat de lactosérum, non sec</t>
   </si>
   <si>
     <t>Protéines animales hydrolysées, provenant de non ruminants, ou de cuirs et peaux de ruminants, produit sec</t>
   </si>
   <si>
     <t>Protéines animales hydrolysées, provenant de non ruminants, ou de cuirs et peaux de ruminants, produit non sec</t>
   </si>
   <si>
     <t>Farine de plumes hydrolysées</t>
   </si>
   <si>
     <t>Hydrolysé (selon l'annexe 10, chapitre 5D du Règlement (CE) 142/2011), produit sec.</t>
   </si>
   <si>
+    <t>Colostrum non cru</t>
+  </si>
+  <si>
+    <t>Colostrum en poudre</t>
+  </si>
+  <si>
+    <t>Produits laitiers fermentés</t>
+  </si>
+  <si>
+    <t>Lait, lait concentré non cru</t>
+  </si>
+  <si>
+    <t>Lait écrémé, Lait écrémé concentré</t>
+  </si>
+  <si>
+    <t>Lait concentré et évaporé et produits dérivés</t>
+  </si>
+  <si>
+    <t>Milk permeate</t>
+  </si>
+  <si>
     <t>Rétentat de lait , non sec</t>
   </si>
   <si>
     <t>Lactosérum, lactosérum concentré</t>
-  </si>
-[...19 lines deleted...]
-    <t>Milk permeate</t>
   </si>
   <si>
     <t>Babeurre / babeurre concentré</t>
   </si>
   <si>
     <t>Produits de bois, potentiellement traités et/ou recyclés</t>
   </si>
   <si>
     <t>Ferraille (dégraissée/sans huile) issue de l’incinération</t>
   </si>
   <si>
     <t>Pneu usagés (éventuellement broyés)</t>
   </si>
   <si>
     <t>Poudre de verre (verre plat)</t>
   </si>
   <si>
     <t>Poudre de verre (bocaux/bouteilles)</t>
   </si>
   <si>
     <t>Verre brisé et non contaminé</t>
   </si>
   <si>
     <t>Shredder – petites particules métalliques</t>
   </si>
@@ -437,60 +437,60 @@
   </si>
   <si>
     <t>Protéines animales transformées (PAT) dérivées de non-ruminants autres que : animaux d’aquaculture, porcins et volailles /aliments composés en contenant</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants ou aux animaux d’élevage non-ruminants autres que les animaux d’aquaculture OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des produits listés dans ce numéro IDTF peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants ou aux animaux d’élevage non-ruminants autres que les animaux d’aquaculture à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux d'aquaculture
 =&gt; Si le n°IDTF 10119 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10119 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour pastus+:
 Interdit, pas de procédure de réaffectation autorisée.
 Exceptions pour Qualimat :
  	Concernant les matières premières :
 Transport dédié. La règlementation française (Code Rural, Article R226-1) impose que certains produits dérivés de sous-produits animaux autorisés pour l’alimentation animale dans la règlementation européenne soient transportés dans des véhicules ou contenants réservés à cet effet.
  	Il n’existe pas de procédure de réaffectation autorisée par l’autorité compétente.
 </t>
   </si>
   <si>
     <t>Coquilles marines mouillées/humides avec reste de mollusques</t>
   </si>
   <si>
+    <t>Coquilles d’oeufs brutes, non seches, non décrit par ailleurs dans l’IDTF</t>
+  </si>
+  <si>
+    <t>Coquilles d’oeufs séchées, non décrits par ailleurs dans l’IDTF</t>
+  </si>
+  <si>
     <t>Albumen, non décrit par aileurs dans l’IDTF</t>
   </si>
   <si>
     <t>Poudre d’oeuf sucrée, non décrit par ailleurs dans l’IDTF</t>
-  </si>
-[...4 lines deleted...]
-    <t>Coquilles d’oeufs séchées, non décrits par ailleurs dans l’IDTF</t>
   </si>
   <si>
     <t>Viscères aromatiques</t>
   </si>
   <si>
     <t>GMP+: Interdit. Si le chargement suivant est à destination des animaux de compagnie ou des animaux à fourrure, alors un niveau de nettoyage D (ou moindre) est suffisant.
 Ovocom: Interdit. Si le chargement suivant est à destination des animaux de compagnie ou des animaux à fourrure, alors un niveau de nettoyage D (ou moindre) est suffisant.</t>
   </si>
   <si>
     <t>Machefer, scories d’incinération</t>
   </si>
   <si>
     <t>Produits sanguins dérivés de non ruminants destinés à l’alimentation des animaux d’élevage (animaux d’aquaculture inclus) /Aliment composé en contenant</t>
   </si>
   <si>
     <t xml:space="preserve">
 Si tout futur chargement est une matière première ou un aliment composé destiné aux ruminants OU si tout futur chargement est une matière première ou un aliment composé dont la destination / l'espèce cible est inconnue
 Les véhicules ou conteneurs qui ont été précédemment utilisés pour le transport des produits sanguins dérivés de non ruminants et d’aliments composés en contenant peuvent ensuite être utilisés pour le transport d'aliment pour animaux destinés aux ruminants à condition qu'ils aient été préalablement nettoyés - pour éviter toute contamination croisée - selon une procédure de nettoyage documentée approuvée par l'autorité compétente.
 Si le(s) chargement(s) suivant(s) est(sont) des matières premières ou de l'aliment composé destinés aux animaux d’élevage non ruminants, incluant les animaux d'aquaculture, porcins et volailles
 =&gt; Si le n°IDTF 10042 concerne un produit sec, alors le régime de nettoyage minimum est A.
 =&gt; Si le n°IDTF 10042 concerne un produit humide ou liquide, alors le régime de nettoyage minimum est B.
 Exceptions pour AIC :
 Régime de nettoyage D
 Exceptions pour pastus+:
 Régime de nettoyage D
@@ -1229,98 +1229,98 @@
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>27</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>40362</v>
+        <v>40360</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D16" t="s">
         <v>27</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
       <c r="G16" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
         <v>27</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>40360</v>
+        <v>40362</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17" t="s">
         <v>27</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H17" t="s">
         <v>27</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>40325</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18" t="s">
@@ -1928,304 +1928,304 @@
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
         <v>27</v>
       </c>
       <c r="G39" t="s">
         <v>9</v>
       </c>
       <c r="H39" t="s">
         <v>9</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>30336</v>
+        <v>30329</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D40" t="s">
         <v>29</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
         <v>22</v>
       </c>
       <c r="I40" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>30337</v>
+        <v>30330</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D41" t="s">
         <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I41" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>30329</v>
+        <v>30331</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
         <v>22</v>
       </c>
       <c r="D42" t="s">
         <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F42" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
         <v>22</v>
       </c>
       <c r="I42" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>30330</v>
+        <v>30332</v>
       </c>
       <c r="B43" t="s">
         <v>61</v>
       </c>
       <c r="C43" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D43" t="s">
         <v>29</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F43" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43" t="s">
         <v>22</v>
       </c>
       <c r="I43" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>30331</v>
+        <v>30333</v>
       </c>
       <c r="B44" t="s">
         <v>62</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44" t="s">
         <v>29</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>30332</v>
+        <v>30334</v>
       </c>
       <c r="B45" t="s">
         <v>63</v>
       </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>29</v>
       </c>
       <c r="E45" t="s">
         <v>22</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
         <v>22</v>
       </c>
       <c r="I45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>30333</v>
+        <v>30335</v>
       </c>
       <c r="B46" t="s">
         <v>64</v>
       </c>
       <c r="C46" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>29</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>30334</v>
+        <v>30336</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>30335</v>
+        <v>30337</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48" t="s">
         <v>29</v>
       </c>
       <c r="E48" t="s">
         <v>25</v>
       </c>
       <c r="F48" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
         <v>30328</v>
       </c>
       <c r="B49" t="s">
         <v>67</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>29</v>
       </c>
       <c r="E49" t="s">
         <v>22</v>
       </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
@@ -2882,144 +2882,144 @@
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
         <v>29</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>10</v>
       </c>
       <c r="H75" t="s">
         <v>10</v>
       </c>
       <c r="I75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
-        <v>10095</v>
+        <v>10097</v>
       </c>
       <c r="B76" t="s">
         <v>100</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D76" t="s">
         <v>29</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
       <c r="H76" t="s">
         <v>10</v>
       </c>
       <c r="I76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
-        <v>10096</v>
+        <v>10098</v>
       </c>
       <c r="B77" t="s">
         <v>101</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D77" t="s">
         <v>29</v>
       </c>
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
       <c r="H77" t="s">
         <v>10</v>
       </c>
       <c r="I77" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
-        <v>10097</v>
+        <v>10095</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D78" t="s">
         <v>29</v>
       </c>
       <c r="E78" t="s">
         <v>10</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>10</v>
       </c>
       <c r="H78" t="s">
         <v>10</v>
       </c>
       <c r="I78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
-        <v>10098</v>
+        <v>10096</v>
       </c>
       <c r="B79" t="s">
         <v>103</v>
       </c>
       <c r="C79" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
         <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>10</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="I79" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
         <v>10058</v>
       </c>
       <c r="B80" t="s">