--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -162,222 +162,219 @@
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Organisch substraat van plantaardige en minerale oorsprong</t>
   </si>
   <si>
     <t>Glasvezels</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>Cacaopoeder</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Natte/vochtrijke stapelbare voedermiddelen van plantaardige oorsprong</t>
   </si>
   <si>
     <t>De deelnemer kan zelf een reinigingsregime kiezen overeenkomstig de voorwaarden van andere schema eigenaren</t>
   </si>
   <si>
+    <t>Gelatine van niet-herkauwers, droog</t>
+  </si>
+  <si>
     <t>Eiproducten, gedroogd, wanneer afkomstig van een bedrijf erkend volgens Vo. (EG) 1069/2009 of geregistreerd volgens Vo. (EG) nr. 853/2004</t>
   </si>
   <si>
     <t>Eierschalen, gedroogd, wanneer afkomstig van een bedrijf erkend volgens Vo. (EG) 1069/2009</t>
   </si>
   <si>
     <t>Viseiwit, gehydrolyseerd, droog product</t>
   </si>
   <si>
-    <t>Gelatine van niet-herkauwers, droog</t>
-[...1 lines deleted...]
-  <si>
     <t>Voormengsels voor diervoeders met medicinale werking, gemedicineerd diervoeder en tussenproducten</t>
   </si>
   <si>
     <t>Glas, geblazen (granulaat, gekorreld)</t>
   </si>
   <si>
     <t>Metaaldelen,mits deeltjesgrootte groter is dan 10 mm en vetvrij-olievrij</t>
   </si>
   <si>
     <t>Papaverstro, capsules en korrels van papaver</t>
   </si>
   <si>
     <t>Kaliumcarbonaat vast / oplossing (non-food / non feed)</t>
   </si>
   <si>
     <t>Filler vliegas</t>
   </si>
   <si>
     <t>Bariumcarbonaat</t>
   </si>
   <si>
     <t>Vetzuren van dierlijke en mariene oorsprong (non food/non feed)</t>
   </si>
   <si>
     <t>Karnemelk voor humane consumptie</t>
   </si>
   <si>
     <t>Chondroïtinesulfaat</t>
   </si>
   <si>
+    <t>Eieren, vloeibaar, wanneer niet elders vermeld in de IDTF</t>
+  </si>
+  <si>
     <t>Koolzure zeeschelpen, zonder weke delen of vlees, nat / vochtig</t>
   </si>
   <si>
     <t>Beenderas</t>
   </si>
   <si>
     <t>Verboden, de vrijgaveprocedure wordt niet geaccepteerd</t>
   </si>
   <si>
-    <t>Eieren, vloeibaar, wanneer niet elders vermeld in de IDTF</t>
-[...1 lines deleted...]
-  <si>
     <t>Gedemineraliseerde, ontsuikerde wei</t>
   </si>
   <si>
     <t>Weipermeaat</t>
   </si>
   <si>
     <t>Weiretentaat</t>
   </si>
   <si>
     <t>Gehydrolyseerde  dierlijke  eiwitten van niet-herkauwers en van vellen en huiden van herkauwers, droog product</t>
   </si>
   <si>
     <t>Gehydrolyseerde  dierlijke  eiwitten afkomstig van niet-herkauwers en van vellen en huiden van herkauwers, geen droog product</t>
   </si>
   <si>
     <t>Verenmeel gehydrolyseerd.</t>
   </si>
   <si>
     <t>Gehydrolyseerd conform de verwerkingsnormen uit Vo. (EU) nr. 142/2001, bijlage X, afdeling 5.D, droog product.</t>
   </si>
   <si>
     <t>Eieren, droog, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
+    <t>Magere melk /  Mageremelkconcentraat</t>
+  </si>
+  <si>
+    <t>Gecondenseerde en  geëvaporeerde melk en  producten daarvan</t>
+  </si>
+  <si>
+    <t>Melkpermeaat</t>
+  </si>
+  <si>
     <t>Melkretentaat</t>
   </si>
   <si>
     <t>Wei  /  Weiconcentraat</t>
   </si>
   <si>
     <t>Ontsuikerde wei</t>
   </si>
   <si>
     <t>Wei-eiwit</t>
   </si>
   <si>
     <t>Gegiste melkproducten</t>
   </si>
   <si>
     <t>Melk, niet rauw / Melkconcentraat</t>
   </si>
   <si>
-    <t>Magere melk /  Mageremelkconcentraat</t>
-[...7 lines deleted...]
-  <si>
     <t>Karnemelk /  Karnemelkconcentraat</t>
   </si>
   <si>
     <t>Colostrum, niet rauw</t>
   </si>
   <si>
     <t>Colostrum in poedervorm</t>
   </si>
   <si>
     <t>Metaaldeeltjes afkomstig uit huisafvalverbranding (ontvet)</t>
   </si>
   <si>
     <t>Verwerkte producten van hout  (mogelijk behandeld en/of gerecycled)</t>
   </si>
   <si>
     <t>Gebruikte autobanden (eventueel vermalen)</t>
   </si>
   <si>
     <t>Glaspoeder van vlakglas</t>
   </si>
   <si>
     <t>Glaspoeder van potten/flessen</t>
   </si>
   <si>
     <t>Puinglas zonder contaminatie</t>
   </si>
   <si>
     <t>Schredder – kleine deeltjes metaal</t>
   </si>
   <si>
     <t>Metaalschroten en draaisels, ontvet, gewassen en gedroogd met deeltjes kleiner dan &lt; 10 mm</t>
   </si>
   <si>
     <t>Gerecycled glas</t>
   </si>
   <si>
     <t>Anaerobe (granulaire) enting biomassa, nieuw en ongebruikt</t>
   </si>
   <si>
     <t>Champost (substraat na teelt)</t>
   </si>
   <si>
     <t>Compost van groenafval</t>
   </si>
   <si>
     <t>Tuinaarde/potgrond, verbeterd met groencompost of bemest met meststoffen met reinigingsregime B</t>
   </si>
   <si>
+    <t>Spoelwater van industriële bakkerijen/banketbakkerijen</t>
+  </si>
+  <si>
     <t>Te verwerken nevenstromen afkomstig uit de voedingsindustrie, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
     <t>Als er geen reinigingsregime op het verwerkingsblad staat vermeld, dan is het reinigingsregime D</t>
   </si>
   <si>
-    <t>Spoelwater van industriële bakkerijen/banketbakkerijen</t>
-[...1 lines deleted...]
-  <si>
     <t>Eieren, onverwerkt wanneer afkomstig van een levensmiddelen bedrijf geregistreerd volgens Vo. (EG) nr. 853/2004</t>
   </si>
   <si>
     <t>Fermentatieresidue van zuurproductie geëtiketteerd als diervoeder (feed)</t>
   </si>
   <si>
     <t>Glasbakglas, bestemd voor recycling, ongewassen</t>
-  </si>
-[...1 lines deleted...]
-    <t>GFT-compost van PARTICULIEREN</t>
   </si>
   <si>
     <t>Verwerkt dierlijk eiwit (VDE) van herkauwers bestemd voor gebruik in diervoeders of mengvoeders die deze bevatten</t>
   </si>
   <si>
     <t xml:space="preserve">
 Indien een toekomstige lading bestaat uit diervoeders bestemd voor andere landbouwhuisdieren dan pelsdieren OF
 Indien een toekomstige lading bestaat uit diervoeders waarvan de bestemming / het doeldier nog onbekend is--&gt; Voertuigen of containers die eerder voor het vervoer van de producten vermeldt in dit IDTF-nummer zijn gebruikt, mogen vervolgens voor het vervoer van diervoeders voor landbouwhuisdieren, andere dan pelsdieren, worden gebruikt, op voorwaarde dat de voertuigen, containers vooraf zijn gereinigd volgens een door de bevoegde autoriteit goedgekeurde gedocumenteerde procedure om versleping te voorkomen.
 Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor pelsdieren:
 --&gt; Indien IDTF nr. 10152 een droog product betreft, dan is het minimum reinigingsregime A.
 --&gt; Indien IDTF nr. 10152 een vochtig/ vloeibaar product betreft, dan is het minimum reinigingsregime B.
 Uitzondering voor AIC:
 Verboden, de vrijgaveprocedure wordt niet geaccepteerd.
 Uitzondering voor pastus+:
 Verboden, de vrijgaveprocedure wordt niet geaccepteerd.
 Uitzondering voor Qualimat:
  	Met betrekking tot grondstoffen:
 Verboden, de vrijgaveprocedure wordt niet geaccepteerd.
  	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
     <t>Overige producten van herkauwers (zie omschrijving)</t>
   </si>
   <si>
@@ -394,93 +391,96 @@
 Uitzondering voor Qualimat:
  	Met betrekking tot grondstoffen:
 Verboden, de vrijgaveprocedure wordt niet geaccepteerd.
  	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
     <t>Melkvervangers die vismeel bevatten en bestemd zijn voor niet-gespeende herkauwers</t>
   </si>
   <si>
     <t xml:space="preserve">
 Indien een toekomstige lading bestaat uit diervoeders voor herkauwers OF
 Indien een toekomstige lading bestaat uit diervoeders waarvan de bestemming / het doeldier nog onbekend is--&gt; Voertuigen of containers die voor het vervoer van vismeel bevattende melkvervangers in bulk voor niet-gespeende herkauwende landbouwhuisdieren zijn gebruikt, kunnen vervolgens ook voor het vervoer van ander bulkvoeder voor herkauwers worden gebruikt, op voorwaarde dat de voertuigen en containers  vooraf zijn gereinigd volgens een door de bevoegde autoriteit goedgekeurde gedocumenteerde procedure om versleping te voorkomen.
 Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor niet-herkauwende landbouwhuisdieren, met inbegrip van aquacultuurdieren, pluimvee en varkens:
 --&gt; Indien IDTF nr. 10155 een droog product betreft, dan is het minimum reinigingsregime A.
 --&gt; Indien IDTF nr. 10155 een vochtig/ vloeibaar product betreft, dan is het minimum reinigingsregime B.
 Uitzondering voor AIC:
 Minimaal reinigingsregime D.
 Uitzondering voor pastus+:
 Minimaal reinigingsregime D.
 Uitzondering voor Qualimat:
 Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
+    <t>GFT-compost van PARTICULIEREN</t>
+  </si>
+  <si>
     <t>Gebruikte meubelen en delen van meubelen bestemd voor recycling of verwijdering/ afval</t>
+  </si>
+  <si>
+    <t>Verwerkt dierlijk eiwit (VDE) afkomstig van niet-herkauwers andere dan: aquacultuurdieren, gekweekte insecten, varkens en pluimvee en mengvoeders die deze producten bevatten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Indien een toekomstige lading bestaat uit diervoeders voor herkauwers of niet-herkauwende landbouwhuisdieren andere dan aquacultuurdieren OF
+Indien een toekomstige lading bestaat uit diervoeders waarvan de bestemming / het doeldier nog onbekend is--&gt; Voertuigen of containers die eerder voor het vervoer van verwerkte dierlijke eiwitten  afkomstig van niet-herkauwers andere dan aquacultuurdieren, gekweekte insecten, varkens en  pluimvee en mengvoeders die deze producten bevatten zijn gebruikt, mogen vervolgens voor het vervoer van diervoeders voor herkauwers of niet-herkauwende landbouwhuisdieren andere dan aquacultuurdieren worden gebruikt, op voorwaarde dat deze vooraf zijn gereinigd volgens een door de bevoegde autoriteit goedgekeurde gedocumenteerde procedure om versleping te voorkomen.
+Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor aquacultuurdieren:
+--&gt; Indien IDTF nr.10119 een droog product betreft, dan is het minimum reinigingsregime A.
+--&gt; Indien IDTF nr.10119 een vochtig/ vloeibaar product betreft, dan is het minimum reinigingsregime B.
+Uitzondering voor AIC: 
+Verboden, de vrijgaveprocedure wordt niet geaccepteerd
+Uitzondering voor pastus+: 
+Verboden, de vrijgaveprocedure wordt niet geaccepteerd
+Uitzondering voor Qualimat:
+ 	Met betrekking tot grondstoffen:
+Gespecialiseerd Vervoer (dedicated transport). De Franse regelgeving (Code Rural, artikel R226-1) vereist dat producten afgeleid van dierlijke bijproducten die in de toepasselijke Europese regelgeving zijn toegelaten voor diervoeder, worden vervoerd in voertuigen of containers die voor dit doel zijn gereserveerd.
+ 	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
+</t>
   </si>
   <si>
     <t>Dicalciumfosfaat en tricalciumfosfaat uit beenderen (bestemd voor gebruik in diervoeders) of mengvoeders die deze bevatten</t>
   </si>
   <si>
     <t xml:space="preserve">
 Indien een toekomstige lading bestaat uit diervoeders bestemd voor herkauwers OF
 Indien een toekomstige lading bestaat uit diervoeders waarvan de bestemming / het doeldier nog onbekend is---&gt; Voertuigen of containers die eerder voor het vervoer van dicalciumfosfaat en tricalciumfosfaat (uit beenderen) of mengvoeders die deze producten bevatten zijn gebruikt, mogen vervolgens voor het vervoer van diervoeders voor herkauwers worden gebruikt, op voorwaarde dat deze vooraf zijn gereinigd volgens een door de bevoegde autoriteit goedgekeurde gedocumenteerde procedure om versleping te voorkomen.
 Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor niet-herkauwende landbouwhuisdieren, met inbegrip van aquacultuurdieren, pluimvee en varkens:
 --&gt; Indien IDTF nr. 10118 een droog product betreft, dan is het minimum reinigingsregime  A.
 --&gt; Indien IDTF nr. 10118 een vochtig/vloeibaar product betreft, dan is het minimum reinigingsregime B.
 Uitzondering voor AIC:
 Minimaal reinigingsregime D.
 Uitzondering voor pastus+:
 Minimaal reinigingsregime D.
 Uitzondering voor Qualimat:
  	Met betrekking tot grondstoffen:
 Gespecialiseerd vervoer (dedicated transport). De Franse regelgeving (Code Rural, artikel R226-1) vereist dat producten afgeleid van dierlijke bijproducten die in de toepasselijke Europese regelgeving zijn toegelaten voor diervoeders, worden vervoerd in voertuigen of containers die voor dit doel zijn gereserveerd.
  	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
-    <t>Verwerkt dierlijk eiwit (VDE) afkomstig van niet-herkauwers andere dan: aquacultuurdieren, gekweekte insecten, varkens en pluimvee en mengvoeders die deze producten bevatten</t>
-[...5 lines deleted...]
-Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor aquacultuurdieren:
---&gt; Indien IDTF nr.10119 een droog product betreft, dan is het minimum reinigingsregime A.
---&gt; Indien IDTF nr.10119 een vochtig/ vloeibaar product betreft, dan is het minimum reinigingsregime B.
-Uitzondering voor AIC: 
-[...9 lines deleted...]
-  <si>
     <t>Koolzure zeeschelpen met (resten van) weke delen of vlees</t>
   </si>
   <si>
     <t>Eierschalen, niet gedroogd, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
     <t>Eierschalen, gedroogd, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
     <t>Eiwit, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
     <t>Eipoeder, gesuikerd, wanneer niet elders vermeld in de IDTF</t>
   </si>
   <si>
     <t>Smaakgevende ingewanden</t>
   </si>
   <si>
     <t>GMP+: Verboden. Indien de vervolglading voeder voor gezelschapsdieren of vleesetende pelsdieren betreft is reiniging D (of minder) voldoende.
 Ovocom: Verboden. Indien de vervolglading voeder voor gezelschapsdieren of vleesetende pelsdieren betreft is reiniging D (of minder) voldoende.</t>
   </si>
   <si>
     <t>Verbrandingsslakken</t>
   </si>
   <si>
@@ -502,54 +502,54 @@
 Gespecialiseerd Vervoer (dedicated transport). De Franse regelgeving (Code Rural, artikel R226-1) vereist dat producten afgeleid van dierlijke bijproducten die in de toepasselijke Europese regelgeving zijn toegelaten voor diervoeder, worden vervoerd in voertuigen of containers die voor dit doel zijn gereserveerd.
  	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
     <t>(Mengvoeders met) Bloedproducten afkomstig van niet-herkauwers, bestemd voor het vervoederen van niet-herkauwende landbouwhuisdieren (inclusief aquacultuurdieren)</t>
   </si>
   <si>
     <t xml:space="preserve">
 Indien een toekomstige lading bestaat uit diervoeders bestemd voor herkauwers OF
 Indien een toekomstige lading bestaat uit diervoeders waarvan de bestemming / het doeldier nog onbekend is---&gt; Voertuigen of containers die eerder voor het vervoer van bloedproducten afkomstig van niet-herkauwers of mengvoeders die deze producten bevatten zijn gebruikt, mogen vervolgens voor het vervoer van diervoeders voor herkauwers worden gebruikt, op voorwaarde dat deze vooraf zijn gereinigd volgens een door de bevoegde autoriteit goedgekeurde gedocumenteerde procedure om versleping te voorkomen.
 Indien volgende lading(en) diervoeder(s) is (zijn), bestemd voor niet-herkauwende landbouwhuisdieren, met inbegrip van aquacultuurdieren, pluimvee en varkens:
 --&gt; Indien IDTF nr. 10042 een droog product betreft, dan is het minimum reinigingsregime  A.
 --&gt; Indien IDTF nr. 10042 een vochtig/vloeibaar product betreft, dan is het minimum reinigingsregime B.
 Uitzondering voor AIC:
 Minimaal reinigingsregime D.
 Uitzondering voor pastus+:
 Minimaal reinigingsregime D.
 Uitzondering voor Qualimat:
  	Met betrekking tot grondstoffen:
 Gespecialiseerd vervoer (dedicated transport). De Franse regelgeving (Code Rural, artikel R226-1) vereist dat producten afgeleid van dierlijke bijproducten die in de toepasselijke Europese regelgeving zijn toegelaten voor diervoeders, worden vervoerd in voertuigen of containers die voor dit doel zijn gereserveerd.
  	Er is geen vrijgaveprocedure gedocumenteerd door de bevoegde autoriteit.
 </t>
   </si>
   <si>
+    <t>Metaalschroten en draaisels (niet ontvet, gewassen en gedroogd)</t>
+  </si>
+  <si>
     <t>Vliegas afkomstig van steenkoolcentrales</t>
-  </si>
-[...1 lines deleted...]
-    <t>Metaalschroten en draaisels (niet ontvet, gewassen en gedroogd)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1174,138 +1174,138 @@
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13" t="s">
         <v>27</v>
       </c>
       <c r="G13" t="s">
         <v>25</v>
       </c>
       <c r="H13" t="s">
         <v>27</v>
       </c>
       <c r="I13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
-        <v>40362</v>
+        <v>40360</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14" t="s">
         <v>27</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>27</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
-        <v>40364</v>
+        <v>40362</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
         <v>27</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>40366</v>
+        <v>40364</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>27</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H16" t="s">
         <v>27</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>40360</v>
+        <v>40366</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17" t="s">
         <v>27</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>27</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
@@ -1580,133 +1580,133 @@
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>29</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
         <v>25</v>
       </c>
       <c r="I27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>30356</v>
+        <v>30350</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" t="s">
         <v>29</v>
       </c>
       <c r="E28" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F28" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G28" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H28" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>30357</v>
+        <v>30356</v>
       </c>
       <c r="B29" t="s">
         <v>45</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
         <v>29</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29" t="s">
         <v>25</v>
       </c>
       <c r="I29" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>30350</v>
+        <v>30357</v>
       </c>
       <c r="B30" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" t="s">
+        <v>25</v>
+      </c>
+      <c r="F30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30" t="s">
+        <v>25</v>
+      </c>
+      <c r="H30" t="s">
+        <v>25</v>
+      </c>
+      <c r="I30" t="s">
         <v>47</v>
-      </c>
-[...19 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>30340</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31" t="s">
         <v>29</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31" t="s">
@@ -1778,80 +1778,80 @@
       <c r="A34">
         <v>30345</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34" t="s">
         <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>29</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="F34" t="s">
         <v>27</v>
       </c>
       <c r="G34" t="s">
         <v>9</v>
       </c>
       <c r="H34" t="s">
         <v>27</v>
       </c>
       <c r="I34" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
         <v>30346</v>
       </c>
       <c r="B35" t="s">
         <v>52</v>
       </c>
       <c r="C35" t="s">
         <v>22</v>
       </c>
       <c r="D35" t="s">
         <v>29</v>
       </c>
       <c r="E35" t="s">
         <v>22</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>9</v>
       </c>
       <c r="H35" t="s">
         <v>22</v>
       </c>
       <c r="I35" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
         <v>30348</v>
       </c>
       <c r="B36" t="s">
         <v>53</v>
       </c>
       <c r="C36" t="s">
         <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>29</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
         <v>27</v>
       </c>
       <c r="G36" t="s">
         <v>9</v>
       </c>
       <c r="H36" t="s">
@@ -1873,298 +1873,298 @@
       </c>
       <c r="C37" t="s">
         <v>9</v>
       </c>
       <c r="D37" t="s">
         <v>29</v>
       </c>
       <c r="E37" t="s">
         <v>10</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>10</v>
       </c>
       <c r="H37" t="s">
         <v>10</v>
       </c>
       <c r="I37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>30336</v>
+        <v>30333</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>29</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>30337</v>
+        <v>30334</v>
       </c>
       <c r="B39" t="s">
         <v>57</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>30338</v>
+        <v>30335</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>29</v>
       </c>
       <c r="E40" t="s">
         <v>25</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>30339</v>
+        <v>30336</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
       <c r="C41" t="s">
         <v>9</v>
       </c>
       <c r="D41" t="s">
         <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="I41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>30331</v>
+        <v>30337</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D42" t="s">
         <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>30332</v>
+        <v>30338</v>
       </c>
       <c r="B43" t="s">
         <v>61</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>29</v>
       </c>
       <c r="E43" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>30333</v>
+        <v>30339</v>
       </c>
       <c r="B44" t="s">
         <v>62</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D44" t="s">
         <v>29</v>
       </c>
       <c r="E44" t="s">
         <v>25</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>30334</v>
+        <v>30331</v>
       </c>
       <c r="B45" t="s">
         <v>63</v>
       </c>
       <c r="C45" t="s">
         <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>29</v>
       </c>
       <c r="E45" t="s">
         <v>22</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
         <v>22</v>
       </c>
       <c r="I45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>30335</v>
+        <v>30332</v>
       </c>
       <c r="B46" t="s">
         <v>64</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>29</v>
       </c>
       <c r="E46" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F46" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
         <v>22</v>
       </c>
       <c r="I46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
         <v>30328</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47" t="s">
         <v>22</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
@@ -2598,95 +2598,95 @@
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62" t="s">
         <v>25</v>
       </c>
       <c r="I62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>20069</v>
+        <v>20066</v>
       </c>
       <c r="B63" t="s">
         <v>81</v>
       </c>
       <c r="C63" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
       <c r="G63" t="s">
         <v>9</v>
       </c>
       <c r="H63" t="s">
         <v>9</v>
       </c>
       <c r="I63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>20066</v>
+        <v>20069</v>
       </c>
       <c r="B64" t="s">
+        <v>82</v>
+      </c>
+      <c r="C64" t="s">
+        <v>9</v>
+      </c>
+      <c r="D64" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>9</v>
       </c>
       <c r="G64" t="s">
         <v>9</v>
       </c>
       <c r="H64" t="s">
         <v>9</v>
       </c>
       <c r="I64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
         <v>20059</v>
       </c>
       <c r="B65" t="s">
         <v>84</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65" t="s">
         <v>29</v>
       </c>
       <c r="E65" t="s">
@@ -2743,153 +2743,153 @@
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67" t="s">
         <v>9</v>
       </c>
       <c r="H67" t="s">
         <v>9</v>
       </c>
       <c r="I67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>20032</v>
+        <v>10152</v>
       </c>
       <c r="B68" t="s">
         <v>87</v>
       </c>
-      <c r="C68" t="s">
-[...18 lines deleted...]
-        <v>9</v>
+      <c r="J68" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>10152</v>
+        <v>10153</v>
       </c>
       <c r="B69" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J69" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>10153</v>
+        <v>10155</v>
       </c>
       <c r="B70" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J70" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>10155</v>
+        <v>20032</v>
       </c>
       <c r="B71" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="J71" t="s">
         <v>93</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>29</v>
+      </c>
+      <c r="E71" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" t="s">
+        <v>9</v>
+      </c>
+      <c r="G71" t="s">
+        <v>10</v>
+      </c>
+      <c r="H71" t="s">
+        <v>10</v>
+      </c>
+      <c r="I71" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
         <v>10149</v>
       </c>
       <c r="B72" t="s">
         <v>94</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72" t="s">
         <v>10</v>
       </c>
       <c r="H72" t="s">
         <v>10</v>
       </c>
       <c r="I72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>10118</v>
+        <v>10119</v>
       </c>
       <c r="B73" t="s">
         <v>95</v>
       </c>
       <c r="J73" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>10119</v>
+        <v>10118</v>
       </c>
       <c r="B74" t="s">
         <v>97</v>
       </c>
       <c r="J74" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
         <v>10109</v>
       </c>
       <c r="B75" t="s">
         <v>99</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
         <v>29</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">
@@ -3025,51 +3025,51 @@
       <c r="A80">
         <v>10058</v>
       </c>
       <c r="B80" t="s">
         <v>104</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="I80" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J80" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
         <v>10059</v>
       </c>
       <c r="B81" t="s">
         <v>106</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
         <v>29</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
@@ -3084,101 +3084,101 @@
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
         <v>10046</v>
       </c>
       <c r="B82" t="s">
         <v>107</v>
       </c>
       <c r="J82" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
         <v>10042</v>
       </c>
       <c r="B83" t="s">
         <v>109</v>
       </c>
       <c r="J83" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>10015</v>
+        <v>10009</v>
       </c>
       <c r="B84" t="s">
         <v>111</v>
       </c>
       <c r="C84" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E84" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="H84" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>10009</v>
+        <v>10015</v>
       </c>
       <c r="B85" t="s">
         <v>112</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D85" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>